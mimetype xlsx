--- v0 (2025-10-10)
+++ v1 (2026-01-28)
@@ -31,149 +31,147 @@
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet36.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet37.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet38.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet39.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet40.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet41.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet42.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet43.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet44.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet45.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet46.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet47.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet48.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet49.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Maritha\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4C62DB7E-FD45-4DB6-BD51-7F3A0CCE5063}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{92D8CE7E-9048-493C-9A6A-7FAE2AD13D09}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="V41" sheetId="95" r:id="rId1"/>
-[...47 lines deleted...]
-    <sheet name="V 17" sheetId="93" state="hidden" r:id="rId49"/>
+    <sheet name="V.4 2026" sheetId="126" r:id="rId1"/>
+    <sheet name="V.5 2026" sheetId="127" r:id="rId2"/>
+    <sheet name="V.6 2026" sheetId="128" r:id="rId3"/>
+    <sheet name="V47" sheetId="111" state="hidden" r:id="rId4"/>
+    <sheet name="V48" sheetId="112" state="hidden" r:id="rId5"/>
+    <sheet name="V49" sheetId="113" state="hidden" r:id="rId6"/>
+    <sheet name="V50" sheetId="114" state="hidden" r:id="rId7"/>
+    <sheet name="V51" sheetId="115" state="hidden" r:id="rId8"/>
+    <sheet name="V44" sheetId="98" state="hidden" r:id="rId9"/>
+    <sheet name="V45" sheetId="99" state="hidden" r:id="rId10"/>
+    <sheet name="V46" sheetId="100" state="hidden" r:id="rId11"/>
+    <sheet name="V.47" sheetId="101" state="hidden" r:id="rId12"/>
+    <sheet name="V.48" sheetId="102" state="hidden" r:id="rId13"/>
+    <sheet name="V.49" sheetId="103" state="hidden" r:id="rId14"/>
+    <sheet name="V.50" sheetId="104" state="hidden" r:id="rId15"/>
+    <sheet name="V.51" sheetId="105" state="hidden" r:id="rId16"/>
+    <sheet name="V.52" sheetId="106" state="hidden" r:id="rId17"/>
+    <sheet name="V.1 2026" sheetId="107" state="hidden" r:id="rId18"/>
+    <sheet name="V 40" sheetId="61" state="hidden" r:id="rId19"/>
+    <sheet name="V 41" sheetId="72" state="hidden" r:id="rId20"/>
+    <sheet name="V 42" sheetId="71" state="hidden" r:id="rId21"/>
+    <sheet name="V 43" sheetId="70" state="hidden" r:id="rId22"/>
+    <sheet name="V 44" sheetId="69" state="hidden" r:id="rId23"/>
+    <sheet name="V 45" sheetId="68" state="hidden" r:id="rId24"/>
+    <sheet name="V 46" sheetId="67" state="hidden" r:id="rId25"/>
+    <sheet name="V 47" sheetId="66" state="hidden" r:id="rId26"/>
+    <sheet name="V 48" sheetId="65" state="hidden" r:id="rId27"/>
+    <sheet name="V 49" sheetId="64" state="hidden" r:id="rId28"/>
+    <sheet name="V 50" sheetId="63" state="hidden" r:id="rId29"/>
+    <sheet name="V 51" sheetId="62" state="hidden" r:id="rId30"/>
+    <sheet name="V 52" sheetId="73" state="hidden" r:id="rId31"/>
+    <sheet name="V 1" sheetId="77" state="hidden" r:id="rId32"/>
+    <sheet name="V 2" sheetId="78" state="hidden" r:id="rId33"/>
+    <sheet name="V3" sheetId="79" state="hidden" r:id="rId34"/>
+    <sheet name="V 4" sheetId="80" state="hidden" r:id="rId35"/>
+    <sheet name="V 5" sheetId="81" state="hidden" r:id="rId36"/>
+    <sheet name="V 6" sheetId="82" state="hidden" r:id="rId37"/>
+    <sheet name="V7" sheetId="83" state="hidden" r:id="rId38"/>
+    <sheet name="V 8" sheetId="84" state="hidden" r:id="rId39"/>
+    <sheet name="V 9" sheetId="85" state="hidden" r:id="rId40"/>
+    <sheet name="V 10" sheetId="86" state="hidden" r:id="rId41"/>
+    <sheet name="V 11" sheetId="87" state="hidden" r:id="rId42"/>
+    <sheet name="V 12" sheetId="88" state="hidden" r:id="rId43"/>
+    <sheet name="V 13" sheetId="89" state="hidden" r:id="rId44"/>
+    <sheet name="V 14" sheetId="90" state="hidden" r:id="rId45"/>
+    <sheet name="V 15" sheetId="92" state="hidden" r:id="rId46"/>
+    <sheet name="V 16" sheetId="91" state="hidden" r:id="rId47"/>
+    <sheet name="V 17" sheetId="93" state="hidden" r:id="rId48"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3314" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3185" uniqueCount="195">
   <si>
     <t>Dag</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>H/B</t>
   </si>
   <si>
     <t>Domare</t>
   </si>
   <si>
     <t>Måndag</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Tisdag</t>
   </si>
   <si>
@@ -545,232 +543,241 @@
   <si>
     <t>10.45</t>
   </si>
   <si>
     <t>TKK TÄVLING</t>
   </si>
   <si>
     <t>TKK ISDISCO</t>
   </si>
   <si>
     <t>TKK TÄVLING TILL 14.05</t>
   </si>
   <si>
     <t>ÖPPET TIDER ?</t>
   </si>
   <si>
     <t>17.20</t>
   </si>
   <si>
     <t>TJEJ</t>
   </si>
   <si>
     <t>17.10</t>
   </si>
   <si>
-    <t>C2</t>
-[...1 lines deleted...]
-  <si>
     <t>D3/Tjejer</t>
   </si>
   <si>
     <t>A-lag</t>
-  </si>
-[...1 lines deleted...]
-    <t>0-byte</t>
   </si>
   <si>
     <t>0 byte</t>
   </si>
   <si>
     <t>Värmning</t>
   </si>
   <si>
-    <t>NÄRINGSIVSGALAN</t>
-[...4 lines deleted...]
-  <si>
     <t>J18</t>
   </si>
   <si>
-    <t>Seriematch mot Åstorp</t>
-[...10 lines deleted...]
-  <si>
     <t>Seriematch mot Tyringe</t>
-  </si>
-[...1 lines deleted...]
-    <t>Seriematch mot Lund</t>
   </si>
   <si>
     <t>Seriematch mot Lejonet</t>
   </si>
   <si>
     <t>D1/D2/D3</t>
   </si>
   <si>
     <t>GOD JUL</t>
   </si>
   <si>
     <t>GOTT NYTT ÅR</t>
   </si>
   <si>
     <t>D3/Tjej</t>
   </si>
   <si>
-    <t xml:space="preserve">A </t>
-[...43 lines deleted...]
-  <si>
     <t>Seriematch mot Frosta</t>
-  </si>
-[...10 lines deleted...]
-    <t>Seriematch mot Osby</t>
   </si>
   <si>
     <t>2B HÖST</t>
   </si>
   <si>
     <t>Seriematch mot Sölvesborg</t>
   </si>
   <si>
     <t>2B Höst</t>
   </si>
   <si>
     <t xml:space="preserve">A-lag </t>
   </si>
   <si>
     <t>Seriematch mot Ronneby</t>
   </si>
   <si>
     <t>Poolspel</t>
   </si>
   <si>
-    <t xml:space="preserve">B </t>
-[...1 lines deleted...]
-  <si>
     <t>D1 Flick</t>
-  </si>
-[...22 lines deleted...]
-    <t xml:space="preserve">LEDIG  </t>
   </si>
   <si>
     <t>D2</t>
   </si>
   <si>
     <t>Poolspel mot IF Lejonet och Redhawks</t>
+  </si>
+  <si>
+    <t>U12F</t>
+  </si>
+  <si>
+    <t>Poolspel flickor</t>
+  </si>
+  <si>
+    <t>D3/UVG</t>
+  </si>
+  <si>
+    <t>C, B, A</t>
+  </si>
+  <si>
+    <t>Match mot Osby</t>
+  </si>
+  <si>
+    <t>Poolspel Hockeyskoj</t>
+  </si>
+  <si>
+    <t>C, B</t>
+  </si>
+  <si>
+    <t>A/JR</t>
+  </si>
+  <si>
+    <t>ISDISCO</t>
+  </si>
+  <si>
+    <t>DM-match mot RBK</t>
+  </si>
+  <si>
+    <t>Seriematch mot Åstorp</t>
+  </si>
+  <si>
+    <t>Seiematch mot Frosta</t>
+  </si>
+  <si>
+    <t>C1</t>
+  </si>
+  <si>
+    <t>LEDIGT</t>
+  </si>
+  <si>
+    <t>PLANERING SCHEMA TRÄNING  Vecka 4 2026</t>
+  </si>
+  <si>
+    <t>21.50</t>
+  </si>
+  <si>
+    <t>Poolspel mot RBK, Jonstorp. Glimma</t>
+  </si>
+  <si>
+    <t>Seriespel mot Kristianstad</t>
+  </si>
+  <si>
+    <t>Seriespel mot Limhamn</t>
+  </si>
+  <si>
+    <t>Seriematch mot Töreboda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLANERING SCHEMA TRÄNING Vecka 5 2026 </t>
+  </si>
+  <si>
+    <t>Värming</t>
+  </si>
+  <si>
+    <t>Seriematch J18 mot Lund</t>
+  </si>
+  <si>
+    <t>C2</t>
+  </si>
+  <si>
+    <t>Seriematch mot Kristianstad</t>
+  </si>
+  <si>
+    <t>Spol</t>
+  </si>
+  <si>
+    <t>A2 Topp</t>
+  </si>
+  <si>
+    <t>Träningsmatch mot Falcons</t>
+  </si>
+  <si>
+    <t>LEDARE</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
+    <t xml:space="preserve">D1 </t>
+  </si>
+  <si>
+    <t>NOTIS</t>
+  </si>
+  <si>
+    <t>Seriematch J20 mot Lejonet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A </t>
+  </si>
+  <si>
+    <t>B1</t>
+  </si>
+  <si>
+    <t>Seriematch mot Limhamn</t>
+  </si>
+  <si>
+    <t>Seriematch J20 mot Lund</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Poolspel </t>
+  </si>
+  <si>
+    <t>Seriematch A-lag mot Rönneängs</t>
+  </si>
+  <si>
+    <t>Matchändring</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="hh:mm;@"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -817,126 +824,149 @@
       <color theme="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="14"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <b/>
       <sz val="10"/>
-      <color rgb="FFFFFF00"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="12">
+  <fills count="15">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEE0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF00B050"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FF27A936"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF92D050"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF0000"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF00B0F0"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="12">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -988,100 +1018,122 @@
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="106">
+  <cellXfs count="109">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -1193,53 +1245,50 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1247,134 +1296,152 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="1" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="1" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="14" fillId="12" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="14" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="11" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="1" fillId="12" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="1" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="11" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="11" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="14" fontId="1" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="11" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF27A936"/>
       <color rgb="FF00CC00"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet47.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet45.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet49.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet44.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet43.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet48.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet38.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet46.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet47.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet45.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet44.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet43.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet48.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet38.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet46.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1594,50 +1661,54 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1674,830 +1745,30921 @@
 
 <file path=xl/worksheets/_rels/sheet34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/_rels/sheet40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings24.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings25.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings26.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings27.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings28.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings29.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings30.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CB69D040-D3AF-4B53-BE16-A3F31B2BC96C}">
-[...3 lines deleted...]
-  <dimension ref="A1:L44"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B660E0CB-444E-4D67-9F70-2A7219EDA294}">
+  <dimension ref="A1:J42"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A17" workbookViewId="0">
-      <selection activeCell="E26" sqref="E26"/>
+    <sheetView topLeftCell="A25" workbookViewId="0">
+      <selection activeCell="C21" sqref="C21:E25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="9.140625" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
-    <col min="3" max="4" width="8.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="32.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="6" width="33.28515625" customWidth="1"/>
     <col min="7" max="7" width="30.7109375" customWidth="1"/>
+    <col min="10" max="10" width="25.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F1" s="101"/>
+    <row r="1" spans="1:7" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="99" t="s">
+        <v>169</v>
+      </c>
+      <c r="B1" s="100"/>
+      <c r="C1" s="100"/>
+      <c r="D1" s="100"/>
+      <c r="E1" s="100"/>
+      <c r="F1" s="100"/>
       <c r="G1" s="101"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="66" t="s">
+      <c r="A2" s="97" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="67" t="s">
+      <c r="B2" s="98" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="67" t="s">
+      <c r="C2" s="98" t="s">
         <v>47</v>
       </c>
-      <c r="D2" s="67" t="s">
+      <c r="D2" s="98" t="s">
         <v>48</v>
       </c>
-      <c r="E2" s="67" t="s">
+      <c r="E2" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="F2" s="67" t="s">
+      <c r="F2" s="98" t="s">
         <v>50</v>
       </c>
-      <c r="G2" s="67" t="s">
+      <c r="G2" s="98" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="12">
-        <v>45936</v>
+        <v>45676</v>
       </c>
       <c r="C3" s="13"/>
       <c r="D3" s="13"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
     </row>
     <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="4"/>
       <c r="B4" s="8"/>
-      <c r="C4" s="81">
+      <c r="C4" s="13">
         <v>0.79166666666666663</v>
       </c>
-      <c r="D4" s="82">
+      <c r="D4" s="14">
         <v>0.82638888888888884</v>
       </c>
-      <c r="E4" s="7" t="s">
-        <v>11</v>
+      <c r="E4" s="6" t="s">
+        <v>44</v>
       </c>
       <c r="F4" s="18"/>
       <c r="G4" s="18"/>
     </row>
     <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="4"/>
       <c r="B5" s="8"/>
       <c r="C5" s="13">
         <v>0.83333333333333337</v>
       </c>
       <c r="D5" s="14">
-        <v>0.86805555555555558</v>
+        <v>0.875</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F5" s="18"/>
       <c r="G5" s="18"/>
     </row>
     <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4"/>
       <c r="B6" s="8"/>
-      <c r="C6" s="13">
-[...6 lines deleted...]
-        <v>45</v>
+      <c r="C6" s="15">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D6" s="16">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="E6" s="87" t="s">
+        <v>168</v>
       </c>
       <c r="F6" s="18"/>
       <c r="G6" s="18"/>
     </row>
     <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4"/>
       <c r="B7" s="9"/>
       <c r="C7" s="28"/>
       <c r="D7" s="29"/>
-      <c r="E7" s="30"/>
+      <c r="E7" s="7"/>
       <c r="F7" s="18"/>
       <c r="G7" s="20"/>
     </row>
     <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="4"/>
-[...5 lines deleted...]
-      <c r="G8" s="18"/>
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45677</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
     </row>
     <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="11" t="s">
-[...9 lines deleted...]
-      <c r="G9" s="5"/>
+      <c r="A9" s="4"/>
+      <c r="B9" s="9"/>
+      <c r="C9" s="89">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D9" s="90">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E9" s="91" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="18"/>
+      <c r="G9" s="18"/>
     </row>
     <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="4"/>
       <c r="B10" s="9"/>
-      <c r="C10" s="81">
-[...2 lines deleted...]
-      <c r="D10" s="82">
+      <c r="C10" s="92">
         <v>0.75694444444444442</v>
       </c>
-      <c r="E10" s="6" t="s">
-        <v>37</v>
+      <c r="D10" s="93">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="E10" s="91" t="s">
+        <v>56</v>
       </c>
       <c r="F10" s="18"/>
       <c r="G10" s="18"/>
     </row>
     <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4"/>
-      <c r="B11" s="9"/>
-[...3 lines deleted...]
-      <c r="D11" s="14">
+      <c r="B11" s="8"/>
+      <c r="C11" s="92">
         <v>0.80555555555555558</v>
       </c>
-      <c r="E11" s="6" t="s">
-        <v>56</v>
+      <c r="D11" s="93">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E11" s="91" t="s">
+        <v>11</v>
       </c>
       <c r="F11" s="18"/>
       <c r="G11" s="18"/>
     </row>
     <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4"/>
       <c r="B12" s="8"/>
-      <c r="C12" s="13">
-[...2 lines deleted...]
-      <c r="D12" s="14">
+      <c r="C12" s="92">
         <v>0.84722222222222221</v>
       </c>
-      <c r="E12" s="6" t="s">
-        <v>11</v>
+      <c r="D12" s="93">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="E12" s="91" t="s">
+        <v>9</v>
       </c>
       <c r="F12" s="18"/>
       <c r="G12" s="18"/>
     </row>
     <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4"/>
-      <c r="B13" s="8"/>
-[...3 lines deleted...]
-      <c r="D13" s="14">
+      <c r="B13" s="9"/>
+      <c r="C13" s="92">
         <v>0.88888888888888884</v>
       </c>
-      <c r="E13" s="6" t="s">
-        <v>6</v>
+      <c r="D13" s="93">
+        <v>0.93055555555555558</v>
+      </c>
+      <c r="E13" s="91" t="s">
+        <v>45</v>
       </c>
       <c r="F13" s="18"/>
       <c r="G13" s="18"/>
     </row>
     <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="4"/>
-[...11 lines deleted...]
-      <c r="G14" s="18"/>
+      <c r="A14" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="12">
+        <v>45678</v>
+      </c>
+      <c r="C14" s="13"/>
+      <c r="D14" s="13"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="5"/>
+      <c r="G14" s="5"/>
     </row>
     <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="11" t="s">
-[...9 lines deleted...]
-      <c r="G15" s="5"/>
+      <c r="A15" s="4"/>
+      <c r="B15" s="8"/>
+      <c r="C15" s="94" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="95" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" s="91" t="s">
+        <v>120</v>
+      </c>
+      <c r="F15" s="18"/>
+      <c r="G15" s="18"/>
     </row>
     <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="4"/>
       <c r="B16" s="8"/>
-      <c r="C16" s="13">
-[...6 lines deleted...]
-        <v>56</v>
+      <c r="C16" s="94" t="s">
+        <v>24</v>
+      </c>
+      <c r="D16" s="95" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" s="91" t="s">
+        <v>44</v>
       </c>
       <c r="F16" s="18"/>
       <c r="G16" s="18"/>
     </row>
-    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4"/>
-      <c r="B17" s="8"/>
-[...6 lines deleted...]
-      <c r="E17" s="6" t="s">
+      <c r="B17" s="9"/>
+      <c r="C17" s="94" t="s">
+        <v>84</v>
+      </c>
+      <c r="D17" s="95" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" s="91" t="s">
         <v>6</v>
       </c>
       <c r="F17" s="18"/>
       <c r="G17" s="18"/>
     </row>
-    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="4"/>
       <c r="B18" s="9"/>
-      <c r="C18" s="13">
-[...8 lines deleted...]
-      <c r="F18" s="18"/>
+      <c r="C18" s="94" t="s">
+        <v>170</v>
+      </c>
+      <c r="D18" s="95" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="91" t="s">
+        <v>183</v>
+      </c>
+      <c r="F18" s="18" t="s">
+        <v>184</v>
+      </c>
       <c r="G18" s="18"/>
     </row>
-    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4"/>
       <c r="B19" s="9"/>
-      <c r="C19" s="13">
-[...7 lines deleted...]
-      </c>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="6"/>
       <c r="F19" s="18"/>
       <c r="G19" s="18"/>
     </row>
-    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="A21" s="11" t="s">
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="B21" s="12">
-[...8 lines deleted...]
-    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="12">
+        <v>45679</v>
+      </c>
+      <c r="C20" s="13"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="5"/>
+      <c r="G20" s="5"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="4"/>
+      <c r="B21" s="8"/>
+      <c r="C21" s="13">
+        <v>0.57291666666666663</v>
+      </c>
+      <c r="D21" s="14">
+        <v>0.61458333333333337</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" s="18"/>
+      <c r="G21" s="18"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="4"/>
       <c r="B22" s="8"/>
-      <c r="C22" s="13" t="s">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="C22" s="13">
+        <v>0.74305555555555558</v>
+      </c>
+      <c r="D22" s="14">
+        <v>0.79166666666666663</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="F22" s="44"/>
+        <v>56</v>
+      </c>
+      <c r="F22" s="18"/>
       <c r="G22" s="18"/>
     </row>
-    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4"/>
-      <c r="B23" s="8"/>
+      <c r="B23" s="9"/>
       <c r="C23" s="13">
-        <v>0.73611111111111116</v>
+        <v>0.79861111111111116</v>
       </c>
       <c r="D23" s="14">
-        <v>0.77777777777777779</v>
+        <v>0.84027777777777779</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="F23" s="18"/>
       <c r="G23" s="18"/>
     </row>
-    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="4"/>
-      <c r="B24" s="9"/>
+      <c r="B24" s="8"/>
       <c r="C24" s="13">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D24" s="14">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F24" s="20"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="10"/>
+      <c r="C25" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D25" s="14">
+        <v>0.9375</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" s="12">
+        <v>45680</v>
+      </c>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="5"/>
+      <c r="G26" s="5"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" s="14">
         <v>0.78472222222222221</v>
       </c>
-      <c r="D24" s="14">
-[...49 lines deleted...]
-    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E27" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="4"/>
       <c r="B28" s="8"/>
-      <c r="C28" s="13" t="s">
-[...3 lines deleted...]
-        <v>32</v>
+      <c r="C28" s="13">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D28" s="14">
+        <v>0.82638888888888884</v>
       </c>
       <c r="E28" s="6" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="F28" s="44"/>
+        <v>11</v>
+      </c>
+      <c r="F28" s="18"/>
       <c r="G28" s="18"/>
     </row>
-    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="4"/>
       <c r="B29" s="8"/>
-      <c r="C29" s="13" t="s">
-[...3 lines deleted...]
-        <v>33</v>
+      <c r="C29" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D29" s="14">
+        <v>0.86805555555555558</v>
       </c>
       <c r="E29" s="6" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F29" s="44"/>
+        <v>9</v>
+      </c>
+      <c r="F29" s="18"/>
       <c r="G29" s="18"/>
-    </row>
-    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="J29" s="96"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="4"/>
       <c r="B30" s="8"/>
-      <c r="C30" s="13" t="s">
-        <v>13</v>
+      <c r="C30" s="13">
+        <v>0.875</v>
       </c>
       <c r="D30" s="14">
-        <v>0.86805555555555558</v>
+        <v>0.91666666666666663</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="F30" s="44"/>
+        <v>6</v>
+      </c>
+      <c r="F30" s="18"/>
       <c r="G30" s="18"/>
-    </row>
-[...16 lines deleted...]
-      <c r="A32" s="11" t="s">
+      <c r="J30" s="96"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="12">
-[...8 lines deleted...]
-    <row r="33" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="12">
+        <v>45681</v>
+      </c>
+      <c r="C31" s="13"/>
+      <c r="D31" s="13"/>
+      <c r="E31" s="5"/>
+      <c r="F31" s="5"/>
+      <c r="G31" s="5"/>
+      <c r="J31" s="96"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="9"/>
+      <c r="C32" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+      <c r="J32" s="96"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4"/>
       <c r="B33" s="9"/>
       <c r="C33" s="13" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="D33" s="14" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="F33" s="44"/>
+        <v>37</v>
+      </c>
+      <c r="F33" s="18"/>
       <c r="G33" s="18"/>
     </row>
-    <row r="34" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="4"/>
       <c r="B34" s="9"/>
-      <c r="C34" s="13" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="C34" s="13">
+        <v>0.4236111111111111</v>
+      </c>
+      <c r="D34" s="14">
+        <v>0.52777777777777779</v>
       </c>
       <c r="E34" s="6" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="F34" s="44"/>
+        <v>56</v>
+      </c>
+      <c r="F34" s="18" t="s">
+        <v>171</v>
+      </c>
       <c r="G34" s="18"/>
     </row>
-    <row r="35" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="4"/>
-      <c r="B35" s="9"/>
+      <c r="B35" s="10"/>
       <c r="C35" s="13">
-        <v>0.4236111111111111</v>
-[...2 lines deleted...]
-        <v>0.51388888888888884</v>
+        <v>0.53472222222222221</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>30</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>186</v>
+        <v>94</v>
       </c>
       <c r="F35" s="18" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="G35" s="18"/>
     </row>
-    <row r="36" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="37" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B36" s="12">
+        <v>45682</v>
+      </c>
+      <c r="C36" s="13"/>
+      <c r="D36" s="13"/>
+      <c r="E36" s="5"/>
+      <c r="F36" s="5"/>
+      <c r="G36" s="5"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="4"/>
-      <c r="B37" s="9"/>
+      <c r="B37" s="8"/>
       <c r="C37" s="13">
-        <v>0.59375</v>
+        <v>0.57291666666666663</v>
       </c>
       <c r="D37" s="14">
-        <v>0.67708333333333337</v>
+        <v>0.58680555555555558</v>
       </c>
       <c r="E37" s="6" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="F37" s="18"/>
       <c r="G37" s="18"/>
-      <c r="I37" s="90"/>
-[...4 lines deleted...]
-    <row r="38" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="4"/>
-      <c r="B38" s="10"/>
-[...3 lines deleted...]
-      <c r="F38" s="44"/>
+      <c r="B38" s="8"/>
+      <c r="C38" s="13">
+        <v>0.58680555555555558</v>
+      </c>
+      <c r="D38" s="14">
+        <v>0.60069444444444442</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F38" s="18" t="s">
+        <v>137</v>
+      </c>
       <c r="G38" s="18"/>
-      <c r="I38" s="90"/>
-[...21 lines deleted...]
-    <row r="40" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13">
+        <v>0.60069444444444442</v>
+      </c>
+      <c r="D39" s="14">
+        <v>0.61458333333333337</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="4"/>
       <c r="B40" s="8"/>
       <c r="C40" s="13">
-        <v>0.50347222222222221</v>
+        <v>0.61458333333333337</v>
       </c>
       <c r="D40" s="14">
-        <v>0.55902777777777779</v>
+        <v>0.70833333333333337</v>
       </c>
       <c r="E40" s="6" t="s">
-        <v>146</v>
+        <v>44</v>
       </c>
       <c r="F40" s="18" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="G40" s="18"/>
-      <c r="I40" s="94"/>
-[...4 lines deleted...]
-    <row r="41" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4"/>
-      <c r="B41" s="8"/>
+      <c r="B41" s="10"/>
       <c r="C41" s="13">
-        <v>0.56944444444444442</v>
+        <v>0.71875</v>
       </c>
       <c r="D41" s="14">
-        <v>0.65277777777777779</v>
+        <v>0.80208333333333337</v>
       </c>
       <c r="E41" s="6" t="s">
-        <v>6</v>
+        <v>181</v>
       </c>
       <c r="F41" s="18" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="G41" s="18"/>
     </row>
-    <row r="42" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="4"/>
-      <c r="B42" s="8"/>
-[...11 lines deleted...]
-      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
       <c r="G42" s="18"/>
-    </row>
-[...30 lines deleted...]
-      <c r="G44" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4CE3ACDE-F4D9-4751-A31C-4EEE05B3DBA8}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G45"/>
+  <sheetViews>
+    <sheetView topLeftCell="A28" workbookViewId="0">
+      <selection activeCell="G30" sqref="G30"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.7109375" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45964</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="56"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45965</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45966</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45967</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>134</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" s="20"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="12">
+        <v>45968</v>
+      </c>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="5"/>
+      <c r="G28" s="5"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45969</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="14">
+        <v>0.375</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14">
+        <v>0.61805555555555558</v>
+      </c>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="10"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B40" s="12">
+        <v>45970</v>
+      </c>
+      <c r="C40" s="13"/>
+      <c r="D40" s="13"/>
+      <c r="E40" s="5"/>
+      <c r="F40" s="5"/>
+      <c r="G40" s="5"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="8"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="18"/>
+    </row>
+    <row r="45" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="4"/>
+      <c r="B45" s="10"/>
+      <c r="C45" s="13">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="D45" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F45" s="18"/>
+      <c r="G45" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D03E40C6-4BFB-4A14-81A6-5F0DB8AA9306}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G46"/>
+  <sheetViews>
+    <sheetView topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="G29" sqref="G29"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.7109375" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45971</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="56"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45972</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45973</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45974</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>134</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" s="20"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="10"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B29" s="12">
+        <v>45975</v>
+      </c>
+      <c r="C29" s="28"/>
+      <c r="D29" s="28"/>
+      <c r="E29" s="28"/>
+      <c r="F29" s="5"/>
+      <c r="G29" s="5"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="8"/>
+      <c r="C33" s="13"/>
+      <c r="D33" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B34" s="12">
+        <v>45976</v>
+      </c>
+      <c r="C34" s="13"/>
+      <c r="D34" s="13"/>
+      <c r="E34" s="5"/>
+      <c r="F34" s="5"/>
+      <c r="G34" s="5"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D35" s="14">
+        <v>0.375</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="9"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="10"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="10"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B41" s="12">
+        <v>45977</v>
+      </c>
+      <c r="C41" s="13"/>
+      <c r="D41" s="13"/>
+      <c r="E41" s="5"/>
+      <c r="F41" s="5"/>
+      <c r="G41" s="5"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="8"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="18"/>
+    </row>
+    <row r="45" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="4"/>
+      <c r="B45" s="8"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="14"/>
+      <c r="E45" s="6"/>
+      <c r="F45" s="18"/>
+      <c r="G45" s="18"/>
+    </row>
+    <row r="46" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="4"/>
+      <c r="B46" s="10"/>
+      <c r="C46" s="13">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="D46" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F46" s="18"/>
+      <c r="G46" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9F870F70-C1AD-4A6A-BE73-0230136F8B9F}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G43"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G24" sqref="G24"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.7109375" customWidth="1"/>
+    <col min="5" max="5" width="9" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45978</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45979</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45980</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45981</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45982</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45983</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14">
+        <v>0.375</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45984</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{585C19B4-7615-4BD8-98F2-7189687098C6}">
+  <dimension ref="A1:G43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:G2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45985</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45986</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45987</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45988</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45989</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45983</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45990</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{469F8EC6-3BB3-443B-A4A4-3D561902C8CB}">
+  <dimension ref="A1:G43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A28" workbookViewId="0">
+      <selection activeCell="F5" sqref="F5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>4</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45992</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="7"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45993</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45994</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45995</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45996</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45997</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45998</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B2D9D5A-71BB-4351-A112-29454A321C0B}">
+  <dimension ref="A1:G43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:G2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45999</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="47" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="48"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46000</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>46001</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>46002</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>46003</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>46004</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>46005</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07E88043-0352-4038-A4EB-12B187FBC5F5}">
+  <dimension ref="A1:G43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A3" workbookViewId="0">
+      <selection activeCell="J8" sqref="J8"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>46006</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="30"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46007</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>46008</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>46009</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="9"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="10"/>
+      <c r="C25" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" s="12">
+        <v>46010</v>
+      </c>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="5"/>
+      <c r="G26" s="5"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" s="6"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="37"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>46011</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>46012</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED10F6CA-5164-4871-A21B-BE285D6BCBF1}">
+  <dimension ref="A1:G44"/>
+  <sheetViews>
+    <sheetView topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="I29" sqref="I29"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>46013</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" s="14"/>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="15"/>
+      <c r="D7" s="16"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="6"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46014</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>46015</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="69"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="14"/>
+      <c r="E16" s="67"/>
+      <c r="F16" s="71"/>
+      <c r="G16" s="68"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13"/>
+      <c r="D17" s="14"/>
+      <c r="E17" s="67"/>
+      <c r="F17" s="72"/>
+      <c r="G17" s="68"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="14"/>
+      <c r="E18" s="67"/>
+      <c r="F18" s="72" t="s">
+        <v>142</v>
+      </c>
+      <c r="G18" s="68"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="67"/>
+      <c r="F19" s="72"/>
+      <c r="G19" s="68"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="67"/>
+      <c r="F20" s="73"/>
+      <c r="G20" s="68"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>46016</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="78"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13"/>
+      <c r="D22" s="14"/>
+      <c r="E22" s="67"/>
+      <c r="F22" s="71"/>
+      <c r="G22" s="79"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13"/>
+      <c r="D23" s="14"/>
+      <c r="E23" s="67"/>
+      <c r="F23" s="72"/>
+      <c r="G23" s="68"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="14"/>
+      <c r="E24" s="67"/>
+      <c r="F24" s="72" t="s">
+        <v>119</v>
+      </c>
+      <c r="G24" s="68"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="9"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="67"/>
+      <c r="F25" s="72"/>
+      <c r="G25" s="68"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="67"/>
+      <c r="F26" s="72"/>
+      <c r="G26" s="68"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="67"/>
+      <c r="F27" s="73"/>
+      <c r="G27" s="68"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="12">
+        <v>46017</v>
+      </c>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="5"/>
+      <c r="F28" s="70"/>
+      <c r="G28" s="5"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>46018</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="14"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>46019</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="5"/>
+      <c r="G39" s="5"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" s="6"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{04FCCC22-6DC6-4C3E-9933-4F886372DA8F}">
+  <dimension ref="A1:G42"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G17" sqref="G17"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45656</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" s="48"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45657</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="69"/>
+      <c r="G9" s="5"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26"/>
+      <c r="D10" s="27"/>
+      <c r="E10" s="67"/>
+      <c r="F10" s="75"/>
+      <c r="G10" s="68"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="67"/>
+      <c r="F11" s="76"/>
+      <c r="G11" s="68"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="67"/>
+      <c r="F12" s="72" t="s">
+        <v>143</v>
+      </c>
+      <c r="G12" s="68"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="74"/>
+      <c r="F13" s="76"/>
+      <c r="G13" s="68"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="67"/>
+      <c r="F14" s="77"/>
+      <c r="G14" s="68"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45658</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="78"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="14"/>
+      <c r="E16" s="67"/>
+      <c r="F16" s="71"/>
+      <c r="G16" s="68"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13"/>
+      <c r="D17" s="14"/>
+      <c r="E17" s="67"/>
+      <c r="F17" s="72"/>
+      <c r="G17" s="68"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="14"/>
+      <c r="E18" s="67"/>
+      <c r="F18" s="72" t="s">
+        <v>119</v>
+      </c>
+      <c r="G18" s="68"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="67"/>
+      <c r="F19" s="72"/>
+      <c r="G19" s="68"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="67"/>
+      <c r="F20" s="73"/>
+      <c r="G20" s="68"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45659</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="70"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="20"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" s="22"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45660</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14">
+        <v>0.86805555555555547</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="35"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14"/>
+      <c r="E32" s="35"/>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45661</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F35" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F37" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45662</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="5"/>
+      <c r="G39" s="5"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="F40" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="10"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8DFA5F9-96F5-4181-9553-F610DD30F482}">
+  <dimension ref="A1:I45"/>
+  <sheetViews>
+    <sheetView topLeftCell="A21" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D44" sqref="D44"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.28515625" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="8" width="30.7109375" customWidth="1"/>
+    <col min="9" max="9" width="53.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45929</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+    </row>
+    <row r="4" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="32"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+    </row>
+    <row r="5" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="32"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+    </row>
+    <row r="6" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="32"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+    </row>
+    <row r="7" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="32"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+    </row>
+    <row r="8" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45930</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+    </row>
+    <row r="9" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="31"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+    </row>
+    <row r="10" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="32"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+    </row>
+    <row r="11" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="32"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+    </row>
+    <row r="12" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="32"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+    </row>
+    <row r="13" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="32"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+    </row>
+    <row r="14" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="32"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+    </row>
+    <row r="15" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="33" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45931</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+    </row>
+    <row r="16" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="32"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+    </row>
+    <row r="17" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="32"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+    </row>
+    <row r="18" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="32"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+    </row>
+    <row r="19" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="32"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+    </row>
+    <row r="20" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="32"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="58"/>
+      <c r="E20" s="25"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+    </row>
+    <row r="21" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45932</v>
+      </c>
+      <c r="C21" s="28"/>
+      <c r="D21" s="28"/>
+      <c r="E21" s="28"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+    </row>
+    <row r="22" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+    </row>
+    <row r="23" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>55</v>
+      </c>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+    </row>
+    <row r="24" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+    </row>
+    <row r="25" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+    </row>
+    <row r="26" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="20"/>
+      <c r="I26" s="18"/>
+    </row>
+    <row r="27" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F27" s="17"/>
+      <c r="G27" s="18"/>
+      <c r="H27" s="18"/>
+      <c r="I27" s="18"/>
+    </row>
+    <row r="28" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="12">
+        <v>45933</v>
+      </c>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="5"/>
+      <c r="H28" s="5"/>
+      <c r="I28" s="5"/>
+    </row>
+    <row r="29" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+    </row>
+    <row r="30" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+    </row>
+    <row r="31" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+    </row>
+    <row r="32" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="17"/>
+      <c r="G32" s="18"/>
+      <c r="H32" s="18"/>
+      <c r="I32" s="18"/>
+    </row>
+    <row r="33" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45934</v>
+      </c>
+      <c r="C33" s="23"/>
+      <c r="D33" s="23"/>
+      <c r="E33" s="23"/>
+      <c r="F33" s="13"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="5"/>
+    </row>
+    <row r="34" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+    </row>
+    <row r="35" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+    </row>
+    <row r="36" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+    </row>
+    <row r="37" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+    </row>
+    <row r="38" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+    </row>
+    <row r="39" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="10"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+    </row>
+    <row r="40" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B40" s="12">
+        <v>45935</v>
+      </c>
+      <c r="C40" s="13"/>
+      <c r="D40" s="13"/>
+      <c r="E40" s="5"/>
+      <c r="F40" s="13"/>
+      <c r="G40" s="5"/>
+      <c r="H40" s="5"/>
+      <c r="I40" s="5"/>
+    </row>
+    <row r="41" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+    </row>
+    <row r="42" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+    </row>
+    <row r="43" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+    </row>
+    <row r="44" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="8"/>
+      <c r="C44" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="D44" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="F44" s="17"/>
+      <c r="G44" s="18"/>
+      <c r="H44" s="18"/>
+      <c r="I44" s="18"/>
+    </row>
+    <row r="45" spans="1:9" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="4"/>
+      <c r="B45" s="10"/>
+      <c r="C45" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D45" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F45" s="17"/>
+      <c r="G45" s="18"/>
+      <c r="H45" s="18"/>
+      <c r="I45" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{23A38C2E-0736-40B3-82F6-C09DA85F3AAC}">
+  <dimension ref="A1:G41"/>
+  <sheetViews>
+    <sheetView topLeftCell="A18" workbookViewId="0">
+      <selection activeCell="A15" sqref="A15:XFD15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="102" t="s">
+        <v>175</v>
+      </c>
+      <c r="B1" s="103"/>
+      <c r="C1" s="103"/>
+      <c r="D1" s="103"/>
+      <c r="E1" s="103"/>
+      <c r="F1" s="103"/>
+      <c r="G1" s="104"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45683</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D4" s="14">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.875</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D6" s="16">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45684</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="4"/>
+      <c r="B9" s="9"/>
+      <c r="C9" s="89">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D9" s="90">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E9" s="91" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="18"/>
+      <c r="G9" s="18"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="92">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="D10" s="93">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="E10" s="91" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="8"/>
+      <c r="C11" s="92">
+        <v>0.80555555555555558</v>
+      </c>
+      <c r="D11" s="93">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E11" s="91" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="92">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D12" s="93">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="E12" s="91" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="9"/>
+      <c r="C13" s="92">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D13" s="93">
+        <v>0.93055555555555558</v>
+      </c>
+      <c r="E13" s="91" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="12">
+        <v>45685</v>
+      </c>
+      <c r="C14" s="13"/>
+      <c r="D14" s="13"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="5"/>
+      <c r="G14" s="5"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="4"/>
+      <c r="B15" s="8"/>
+      <c r="C15" s="94" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="95" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" s="91" t="s">
+        <v>120</v>
+      </c>
+      <c r="F15" s="18"/>
+      <c r="G15" s="18"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="94" t="s">
+        <v>24</v>
+      </c>
+      <c r="D16" s="95" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="91" t="s">
+        <v>6</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="9"/>
+      <c r="C17" s="94" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" s="95" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="91" t="s">
+        <v>44</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="94" t="s">
+        <v>26</v>
+      </c>
+      <c r="D18" s="95" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="91" t="s">
+        <v>45</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" s="12">
+        <v>45686</v>
+      </c>
+      <c r="C20" s="13"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="5"/>
+      <c r="G20" s="5"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="4"/>
+      <c r="B21" s="8"/>
+      <c r="C21" s="13">
+        <v>0.57291666666666663</v>
+      </c>
+      <c r="D21" s="14">
+        <v>0.61458333333333337</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" s="18"/>
+      <c r="G21" s="18"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13">
+        <v>0.74305555555555558</v>
+      </c>
+      <c r="D22" s="14">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="9"/>
+      <c r="C23" s="13">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="D23" s="14">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="13">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D24" s="14">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="10"/>
+      <c r="C25" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D25" s="14">
+        <v>0.9375</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" s="12">
+        <v>45687</v>
+      </c>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="5"/>
+      <c r="G26" s="5"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" s="14">
+        <v>0.78472222222222221</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D28" s="14">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D29" s="14">
+        <v>0.86805555555555558</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13">
+        <v>0.875</v>
+      </c>
+      <c r="D30" s="14">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="E30" s="88" t="s">
+        <v>168</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31" s="12">
+        <v>45688</v>
+      </c>
+      <c r="C31" s="13"/>
+      <c r="D31" s="13"/>
+      <c r="E31" s="5"/>
+      <c r="F31" s="5"/>
+      <c r="G31" s="5"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="9"/>
+      <c r="C32" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>91</v>
+      </c>
+      <c r="D34" s="14">
+        <v>0.4861111111111111</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F34" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13">
+        <v>0.49305555555555558</v>
+      </c>
+      <c r="D35" s="14">
+        <v>0.53472222222222221</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="10"/>
+      <c r="C36" s="13">
+        <v>0.54166666666666663</v>
+      </c>
+      <c r="D36" s="14">
+        <v>0.60416666666666663</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B37" s="12">
+        <v>45689</v>
+      </c>
+      <c r="C37" s="13"/>
+      <c r="D37" s="13"/>
+      <c r="E37" s="5"/>
+      <c r="F37" s="5"/>
+      <c r="G37" s="5"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="8"/>
+      <c r="C38" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D38" s="14">
+        <v>0.65277777777777779</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="F38" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13">
+        <v>0.65972222222222221</v>
+      </c>
+      <c r="D39" s="14">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F39" s="18" t="s">
+        <v>176</v>
+      </c>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="D40" s="14">
+        <v>0.76041666666666663</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F40" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="10"/>
+      <c r="C41" s="13">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="D41" s="14">
+        <v>0.8125</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:G1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5F810132-FCAE-4DF5-962D-608CE00335C1}">
+  <dimension ref="A1:J44"/>
+  <sheetViews>
+    <sheetView topLeftCell="A14" workbookViewId="0">
+      <selection activeCell="D43" sqref="D43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45936</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="59"/>
+      <c r="E8" s="30"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45937</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45938</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="28"/>
+      <c r="D20" s="59"/>
+      <c r="E20" s="30"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45939</v>
+      </c>
+      <c r="C21" s="28"/>
+      <c r="D21" s="28"/>
+      <c r="E21" s="28"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="43"/>
+      <c r="G22" s="44"/>
+      <c r="H22" s="44"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>55</v>
+      </c>
+      <c r="F23" s="43"/>
+      <c r="G23" s="44"/>
+      <c r="H23" s="44"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F24" s="43"/>
+      <c r="G24" s="44"/>
+      <c r="H24" s="44"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" s="43"/>
+      <c r="G25" s="44"/>
+      <c r="H25" s="45"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F26" s="43"/>
+      <c r="G26" s="44"/>
+      <c r="H26" s="45"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F27" s="43"/>
+      <c r="G27" s="44"/>
+      <c r="H27" s="44"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="18"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="12">
+        <v>45940</v>
+      </c>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="41"/>
+      <c r="G28" s="42"/>
+      <c r="H28" s="42"/>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" s="43"/>
+      <c r="G29" s="44"/>
+      <c r="H29" s="44"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="43"/>
+      <c r="G30" s="44"/>
+      <c r="H30" s="44"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F31" s="43"/>
+      <c r="G31" s="44"/>
+      <c r="H31" s="44"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="43"/>
+      <c r="G32" s="44"/>
+      <c r="H32" s="44"/>
+      <c r="I32" s="18"/>
+      <c r="J32" s="18"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45941</v>
+      </c>
+      <c r="C33" s="28"/>
+      <c r="D33" s="28"/>
+      <c r="E33" s="28"/>
+      <c r="F33" s="41"/>
+      <c r="G33" s="42"/>
+      <c r="H33" s="42"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F34" s="43"/>
+      <c r="G34" s="44"/>
+      <c r="H34" s="44"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F35" s="43"/>
+      <c r="G35" s="44"/>
+      <c r="H35" s="44"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="43"/>
+      <c r="G36" s="44"/>
+      <c r="H36" s="44"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="43"/>
+      <c r="G37" s="44"/>
+      <c r="H37" s="44"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="E38" s="6"/>
+      <c r="F38" s="43"/>
+      <c r="G38" s="44"/>
+      <c r="H38" s="44"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45942</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="41"/>
+      <c r="G39" s="42"/>
+      <c r="H39" s="42"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="43"/>
+      <c r="G40" s="44"/>
+      <c r="H40" s="44"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="43"/>
+      <c r="G41" s="44"/>
+      <c r="H41" s="44"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="E42" s="6"/>
+      <c r="F42" s="43"/>
+      <c r="G42" s="44"/>
+      <c r="H42" s="44"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="D43" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="F43" s="43"/>
+      <c r="G43" s="44"/>
+      <c r="H43" s="44"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+    <row r="44" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D44" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F44" s="43"/>
+      <c r="G44" s="44"/>
+      <c r="H44" s="44"/>
+      <c r="I44" s="18"/>
+      <c r="J44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B93341B-67B5-44A7-B12F-0FC7DE72C9B2}">
+  <dimension ref="A1:J45"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G27" sqref="G27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45943</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="56"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="53" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="25"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45944</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="8"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="4"/>
+      <c r="B15" s="9"/>
+      <c r="C15" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="6"/>
+      <c r="F15" s="17"/>
+      <c r="G15" s="18"/>
+      <c r="H15" s="18"/>
+      <c r="I15" s="18"/>
+      <c r="J15" s="18"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" s="12">
+        <v>45945</v>
+      </c>
+      <c r="C16" s="23"/>
+      <c r="D16" s="23"/>
+      <c r="E16" s="23"/>
+      <c r="F16" s="13"/>
+      <c r="G16" s="5"/>
+      <c r="H16" s="5"/>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="8"/>
+      <c r="C18" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D20" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="4"/>
+      <c r="B21" s="9"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="6"/>
+      <c r="F21" s="17"/>
+      <c r="G21" s="18"/>
+      <c r="H21" s="18"/>
+      <c r="I21" s="18"/>
+      <c r="J21" s="18"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" s="12">
+        <v>45946</v>
+      </c>
+      <c r="C22" s="28"/>
+      <c r="D22" s="28"/>
+      <c r="E22" s="28"/>
+      <c r="F22" s="13"/>
+      <c r="G22" s="5"/>
+      <c r="H22" s="5"/>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="18"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="9"/>
+      <c r="C26" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="20"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" s="6"/>
+      <c r="F27" s="17"/>
+      <c r="G27" s="18"/>
+      <c r="H27" s="18"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="18"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="10"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="60" t="s">
+        <v>16</v>
+      </c>
+      <c r="E28" s="30"/>
+      <c r="F28" s="34"/>
+      <c r="G28" s="34"/>
+      <c r="H28" s="34"/>
+      <c r="I28" s="34"/>
+      <c r="J28" s="34"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B29" s="12">
+        <v>45947</v>
+      </c>
+      <c r="C29" s="13"/>
+      <c r="D29" s="13"/>
+      <c r="E29" s="5"/>
+      <c r="F29" s="13"/>
+      <c r="G29" s="5"/>
+      <c r="H29" s="5"/>
+      <c r="I29" s="5"/>
+      <c r="J29" s="5"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="17"/>
+      <c r="G32" s="18"/>
+      <c r="H32" s="18"/>
+      <c r="I32" s="18"/>
+      <c r="J32" s="18"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="8"/>
+      <c r="C33" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B34" s="12">
+        <v>45948</v>
+      </c>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28"/>
+      <c r="E34" s="28"/>
+      <c r="F34" s="13"/>
+      <c r="G34" s="5"/>
+      <c r="H34" s="5"/>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="9"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="10"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B40" s="12">
+        <v>45949</v>
+      </c>
+      <c r="C40" s="13"/>
+      <c r="D40" s="13"/>
+      <c r="E40" s="5"/>
+      <c r="F40" s="13"/>
+      <c r="G40" s="5"/>
+      <c r="H40" s="5"/>
+      <c r="I40" s="5"/>
+      <c r="J40" s="5"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+    <row r="44" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="8"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="18"/>
+      <c r="H44" s="18"/>
+      <c r="I44" s="18"/>
+      <c r="J44" s="18"/>
+    </row>
+    <row r="45" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="4"/>
+      <c r="B45" s="10"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E45" s="6"/>
+      <c r="F45" s="17"/>
+      <c r="G45" s="18"/>
+      <c r="H45" s="18"/>
+      <c r="I45" s="18"/>
+      <c r="J45" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD63B19F-9CD6-4EC2-B945-63E67B7AF000}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="D11" sqref="D11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45950</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14"/>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="D7" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="14"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45951</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45952</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45953</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45954</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45955</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45956</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0DFEFFD6-3BA3-4356-95CC-4D423F22D9B8}">
+  <dimension ref="A1:J44"/>
+  <sheetViews>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="D9" sqref="D9"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.7109375" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45957</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45958</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+      <c r="J9" s="34"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45959</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45960</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22" s="62" t="s">
+        <v>92</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45961</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D28" s="52" t="s">
+        <v>126</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="36"/>
+      <c r="G28" s="37"/>
+      <c r="H28" s="37"/>
+      <c r="I28" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="J28" s="37"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="17"/>
+      <c r="G32" s="18"/>
+      <c r="H32" s="18"/>
+      <c r="I32" s="18"/>
+      <c r="J32" s="18"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45962</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="13"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="14"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45963</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+    <row r="44" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" s="6"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="18"/>
+      <c r="H44" s="18"/>
+      <c r="I44" s="18"/>
+      <c r="J44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C89482A8-25AE-4865-9B1D-5A7ADD6D13C0}">
+  <dimension ref="A1:J44"/>
+  <sheetViews>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.7109375" customWidth="1"/>
+    <col min="5" max="5" width="8.42578125" customWidth="1"/>
+    <col min="6" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45964</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" s="14"/>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45965</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+      <c r="J9" s="34"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45966</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45967</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="14"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45968</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45969</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45970</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+    <row r="44" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" s="6"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="18"/>
+      <c r="H44" s="18"/>
+      <c r="I44" s="18"/>
+      <c r="J44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{12ABDBAA-1767-468F-B2CD-D62BD0CE1E14}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45971</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45972</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+      <c r="J9" s="34"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45973</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45974</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45975</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45976</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13"/>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45977</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32EBCDD2-F6A2-434F-9F46-C9800571099B}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45978</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45979</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+      <c r="J9" s="34"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45980</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45981</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45982</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45983</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45984</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <phoneticPr fontId="6" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F5175CA-C53B-48E1-96DD-4EB02B39152C}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45985</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45986</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+      <c r="J9" s="34"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45987</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45621</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45989</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45990</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45991</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{52454B17-F51F-42D0-A3A9-D01F23F52971}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45992</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45993</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45994</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45995</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45996</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45997</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45998</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{870E931E-964F-4AF8-A662-5B864C87B28D}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45999</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="47" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="48"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46000</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>46001</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>46002</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>46003</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>46004</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>46005</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0209794E-0164-41F1-BD17-75E6EA54BDB2}">
+  <dimension ref="A1:H44"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="K6" sqref="K6"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="6" width="32.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="105" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="106"/>
+      <c r="C1" s="106"/>
+      <c r="D1" s="106"/>
+      <c r="E1" s="106"/>
+      <c r="F1" s="106"/>
+      <c r="G1" s="107"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45690</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D4" s="81">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.86805555555555558</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="81">
+        <v>0.9375</v>
+      </c>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45691</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="89">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="D10" s="90">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E10" s="91" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="92">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="D11" s="93">
+        <v>0.78819444444444442</v>
+      </c>
+      <c r="E11" s="91" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="92">
+        <v>0.79513888888888884</v>
+      </c>
+      <c r="D12" s="93">
+        <v>0.80208333333333337</v>
+      </c>
+      <c r="E12" s="91" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="92">
+        <v>0.80208333333333337</v>
+      </c>
+      <c r="D13" s="93">
+        <v>0.89583333333333337</v>
+      </c>
+      <c r="E13" s="91" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="92"/>
+      <c r="D14" s="93"/>
+      <c r="E14" s="91"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45692</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="94" t="s">
+        <v>57</v>
+      </c>
+      <c r="D16" s="95" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="91" t="s">
+        <v>120</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="94" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="95" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="91" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="94" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="95" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="91" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="94" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="95" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="91" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45693</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13">
+        <v>0.57291666666666663</v>
+      </c>
+      <c r="D22" s="14">
+        <v>0.61458333333333337</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13">
+        <v>0.74305555555555558</v>
+      </c>
+      <c r="D23" s="14">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="D24" s="14">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D25" s="14">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" s="20"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D26" s="14">
+        <v>0.9375</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45694</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14">
+        <v>0.78472222222222221</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D29" s="14">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D30" s="14">
+        <v>0.86805555555555558</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13">
+        <v>0.875</v>
+      </c>
+      <c r="D31" s="14">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45695</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+    </row>
+    <row r="33" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13">
+        <v>0.4236111111111111</v>
+      </c>
+      <c r="D35" s="14">
+        <v>0.50694444444444442</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="F35" s="18" t="s">
+        <v>190</v>
+      </c>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13">
+        <v>0.51388888888888884</v>
+      </c>
+      <c r="D36" s="14">
+        <v>0.52083333333333337</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F36" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13">
+        <v>0.52083333333333337</v>
+      </c>
+      <c r="D37" s="14">
+        <v>0.61458333333333337</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F37" s="18" t="s">
+        <v>191</v>
+      </c>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45696</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="5"/>
+      <c r="G39" s="5"/>
+    </row>
+    <row r="40" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14">
+        <v>0.68402777777777779</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="F40" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13">
+        <v>0.69097222222222221</v>
+      </c>
+      <c r="D41" s="14">
+        <v>0.70486111111111116</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F41" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13">
+        <v>0.71875</v>
+      </c>
+      <c r="D42" s="14">
+        <v>0.8125</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F42" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="G42" s="18"/>
+      <c r="H42" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:G1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{685C4436-9A24-4E03-A287-3CD3BDF06A24}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>46006</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="23"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="25"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46007</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>46008</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="49"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>46009</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="9"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="10"/>
+      <c r="C25" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="18"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" s="12">
+        <v>46010</v>
+      </c>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="13"/>
+      <c r="G26" s="5"/>
+      <c r="H26" s="5"/>
+      <c r="I26" s="5"/>
+      <c r="J26" s="5"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" s="6"/>
+      <c r="F27" s="36"/>
+      <c r="G27" s="37"/>
+      <c r="H27" s="37"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="37"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>46011</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>46012</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18" t="s">
+        <v>129</v>
+      </c>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB72AABD-FC33-43D0-B3B2-A286381F7D43}">
+  <dimension ref="A1:J44"/>
+  <sheetViews>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>46013</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" s="14"/>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="15"/>
+      <c r="D7" s="16"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="6"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46014</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>46015</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="14"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13"/>
+      <c r="D17" s="14"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="14"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="I18" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>46016</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13"/>
+      <c r="D22" s="14"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="36"/>
+      <c r="G22" s="37"/>
+      <c r="H22" s="37"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="37"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13"/>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="14"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="I24" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="9"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="18"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="20"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="6"/>
+      <c r="F27" s="17"/>
+      <c r="G27" s="18"/>
+      <c r="H27" s="18"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="18"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="12">
+        <v>46017</v>
+      </c>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="5"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="5"/>
+      <c r="H28" s="5"/>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="17"/>
+      <c r="G32" s="18"/>
+      <c r="H32" s="18"/>
+      <c r="I32" s="18"/>
+      <c r="J32" s="18"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>46018</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="13"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="14"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>46019</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="46"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="46"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="46"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="46"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+    <row r="44" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" s="6"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="18"/>
+      <c r="H44" s="46"/>
+      <c r="I44" s="18"/>
+      <c r="J44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E82C45B-3377-4511-82C9-969E01E169ED}">
+  <dimension ref="A1:J42"/>
+  <sheetViews>
+    <sheetView topLeftCell="A2" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45656</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" s="48"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45657</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26"/>
+      <c r="D10" s="27"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="40"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="40"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="50" t="s">
+        <v>119</v>
+      </c>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="38"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="40"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="40"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45658</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="14"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="50"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13"/>
+      <c r="D17" s="14"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="50"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="14"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="50" t="s">
+        <v>119</v>
+      </c>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="50"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="50"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45659</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="31"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" s="22"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45660</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14">
+        <v>0.86805555555555547</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="35"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14"/>
+      <c r="E32" s="35"/>
+      <c r="F32" s="17"/>
+      <c r="G32" s="18"/>
+      <c r="H32" s="18"/>
+      <c r="I32" s="18"/>
+      <c r="J32" s="18"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45661</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="13"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F35" s="17" t="s">
+        <v>114</v>
+      </c>
+      <c r="G35" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="H35" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F37" s="17" t="s">
+        <v>60</v>
+      </c>
+      <c r="G37" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="H37" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45662</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="F40" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G40" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="H40" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="10"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E9878438-3728-48EB-A042-1741202CA4E8}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A6" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45663</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="26"/>
+      <c r="D4" s="27"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="50"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="50"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="50" t="s">
+        <v>119</v>
+      </c>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="15"/>
+      <c r="D7" s="16"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="50"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="30"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="50"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45664</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45665</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45666</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13"/>
+      <c r="D22" s="14"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45667</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45668</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45669</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D40" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{64B66530-AB15-472F-905B-93FC7745E7BD}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45670</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45671</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45672</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45673</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45674</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45675</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45676</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D41" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D42" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{409EF872-921F-49CD-B0D1-9D9015830BD1}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45677</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45678</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45679</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45680</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45681</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45682</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45683</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>121</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76DA80EB-A4AD-4B87-8509-FAA29BFC473B}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45684</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45685</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45686</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45687</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45688</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45689</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>91</v>
+      </c>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45690</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D41" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8840DE45-4EAB-4E7A-A0A6-B604BDC21964}">
+  <dimension ref="A1:J44"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45691</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45692</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45693</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45694</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45695</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45696</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>74</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45697</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D42" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+    <row r="44" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="18"/>
+      <c r="H44" s="18"/>
+      <c r="I44" s="18"/>
+      <c r="J44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet38.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{573D8462-C960-4139-9E98-93FAFF6D1262}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45698</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45699</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45700</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45701</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45702</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="51"/>
+      <c r="F28" s="39"/>
+      <c r="G28" s="40"/>
+      <c r="H28" s="40"/>
+      <c r="I28" s="40"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="51"/>
+      <c r="F29" s="39"/>
+      <c r="G29" s="40"/>
+      <c r="H29" s="40"/>
+      <c r="I29" s="40"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="51"/>
+      <c r="F30" s="39"/>
+      <c r="G30" s="40"/>
+      <c r="H30" s="40"/>
+      <c r="I30" s="40"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="14"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="51"/>
+      <c r="F31" s="39"/>
+      <c r="G31" s="40"/>
+      <c r="H31" s="40"/>
+      <c r="I31" s="40"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45703</v>
+      </c>
+      <c r="C32" s="14"/>
+      <c r="D32" s="14"/>
+      <c r="E32" s="51"/>
+      <c r="F32" s="39"/>
+      <c r="G32" s="40"/>
+      <c r="H32" s="40"/>
+      <c r="I32" s="40"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="14"/>
+      <c r="D33" s="14"/>
+      <c r="E33" s="51"/>
+      <c r="F33" s="39"/>
+      <c r="G33" s="40"/>
+      <c r="H33" s="40"/>
+      <c r="I33" s="40"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="51"/>
+      <c r="F34" s="39"/>
+      <c r="G34" s="40"/>
+      <c r="H34" s="40" t="s">
+        <v>73</v>
+      </c>
+      <c r="I34" s="40"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="39"/>
+      <c r="D35" s="39"/>
+      <c r="E35" s="40"/>
+      <c r="F35" s="39"/>
+      <c r="G35" s="40"/>
+      <c r="H35" s="40"/>
+      <c r="I35" s="40"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="39"/>
+      <c r="D36" s="39"/>
+      <c r="E36" s="40"/>
+      <c r="F36" s="39"/>
+      <c r="G36" s="40"/>
+      <c r="H36" s="40" t="s">
+        <v>113</v>
+      </c>
+      <c r="I36" s="40"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="39"/>
+      <c r="D37" s="39"/>
+      <c r="E37" s="40"/>
+      <c r="F37" s="39"/>
+      <c r="G37" s="40"/>
+      <c r="H37" s="40"/>
+      <c r="I37" s="40"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45704</v>
+      </c>
+      <c r="C38" s="39"/>
+      <c r="D38" s="39"/>
+      <c r="E38" s="40"/>
+      <c r="F38" s="39"/>
+      <c r="G38" s="40"/>
+      <c r="H38" s="40"/>
+      <c r="I38" s="40"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="39"/>
+      <c r="D39" s="39"/>
+      <c r="E39" s="40"/>
+      <c r="F39" s="39"/>
+      <c r="G39" s="40"/>
+      <c r="H39" s="40"/>
+      <c r="I39" s="40"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="39"/>
+      <c r="D40" s="39"/>
+      <c r="E40" s="40"/>
+      <c r="F40" s="39"/>
+      <c r="G40" s="40"/>
+      <c r="H40" s="40"/>
+      <c r="I40" s="40"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="39"/>
+      <c r="D41" s="39"/>
+      <c r="E41" s="40"/>
+      <c r="F41" s="39"/>
+      <c r="G41" s="40"/>
+      <c r="H41" s="40"/>
+      <c r="I41" s="40"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="39"/>
+      <c r="D42" s="39"/>
+      <c r="E42" s="40"/>
+      <c r="F42" s="39"/>
+      <c r="G42" s="40"/>
+      <c r="H42" s="40"/>
+      <c r="I42" s="40"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="39"/>
+      <c r="D43" s="39"/>
+      <c r="E43" s="40"/>
+      <c r="F43" s="39"/>
+      <c r="G43" s="40"/>
+      <c r="H43" s="40"/>
+      <c r="I43" s="40"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet39.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69713760-0397-45E7-BA9A-AC447E7258E9}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.7109375" customWidth="1"/>
+    <col min="5" max="5" width="11.7109375" customWidth="1"/>
+    <col min="6" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45705</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="23"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="25"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45706</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45707</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45708</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45709</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45710</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45711</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D41" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D42" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7900C174-2E82-4003-877E-D0562B9ED409}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:H42"/>
+  <sheetViews>
+    <sheetView topLeftCell="A18" workbookViewId="0">
+      <selection activeCell="D23" sqref="D23"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="6" width="37.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="105" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="106"/>
+      <c r="C1" s="106"/>
+      <c r="D1" s="106"/>
+      <c r="E1" s="106"/>
+      <c r="F1" s="106"/>
+      <c r="G1" s="107"/>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45978</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D4" s="81">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.875</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="54"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45979</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="23"/>
+    </row>
+    <row r="9" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="80">
+        <v>0.72569444444444442</v>
+      </c>
+      <c r="D9" s="81">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="23"/>
+    </row>
+    <row r="10" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="D10" s="14">
+        <v>0.78819444444444442</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="23" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13">
+        <v>0.79513888888888884</v>
+      </c>
+      <c r="D11" s="14">
+        <v>0.80208333333333337</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="G11" s="18"/>
+      <c r="H11" s="23"/>
+    </row>
+    <row r="12" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13">
+        <v>0.80208333333333337</v>
+      </c>
+      <c r="D12" s="14">
+        <v>0.89583333333333337</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="G12" s="18"/>
+      <c r="H12" s="23"/>
+    </row>
+    <row r="13" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14">
+        <v>0.9375</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="23"/>
+    </row>
+    <row r="14" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="12">
+        <v>45980</v>
+      </c>
+      <c r="C14" s="13"/>
+      <c r="D14" s="13"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="5"/>
+      <c r="G14" s="5"/>
+    </row>
+    <row r="15" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="4"/>
+      <c r="B15" s="8"/>
+      <c r="C15" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" s="18"/>
+      <c r="G15" s="18"/>
+    </row>
+    <row r="16" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="9"/>
+      <c r="C17" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" s="12">
+        <v>45981</v>
+      </c>
+      <c r="C20" s="13"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="5"/>
+      <c r="G20" s="5"/>
+    </row>
+    <row r="21" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="83"/>
+      <c r="B21" s="84"/>
+      <c r="C21" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" s="82"/>
+      <c r="G21" s="82"/>
+    </row>
+    <row r="22" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D22" s="14">
+        <v>0.77430555555555558</v>
+      </c>
+      <c r="E22" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+      <c r="H22" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13">
+        <v>0.78125</v>
+      </c>
+      <c r="D23" s="14">
+        <v>0.79513888888888884</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F23" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13">
+        <v>0.80208333333333337</v>
+      </c>
+      <c r="D24" s="14">
+        <v>0.89583333333333337</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F24" s="18" t="s">
+        <v>159</v>
+      </c>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="10"/>
+      <c r="C25" s="13">
+        <v>0.90277777777777779</v>
+      </c>
+      <c r="D25" s="14">
+        <v>0.9375</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" s="12">
+        <v>45982</v>
+      </c>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="5"/>
+      <c r="G26" s="5"/>
+    </row>
+    <row r="27" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" s="14">
+        <v>0.85416666666666663</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F28" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31" s="12">
+        <v>45983</v>
+      </c>
+      <c r="C31" s="13"/>
+      <c r="D31" s="13"/>
+      <c r="E31" s="5"/>
+      <c r="F31" s="5"/>
+      <c r="G31" s="5"/>
+    </row>
+    <row r="32" spans="1:8" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="9"/>
+      <c r="C32" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D32" s="14">
+        <v>0.375</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13">
+        <v>0.4236111111111111</v>
+      </c>
+      <c r="D34" s="14">
+        <v>0.49305555555555558</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="F34" s="18" t="s">
+        <v>139</v>
+      </c>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13">
+        <v>0.50694444444444442</v>
+      </c>
+      <c r="D35" s="14">
+        <v>0.60416666666666663</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="F35" s="18" t="s">
+        <v>151</v>
+      </c>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="10"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14">
+        <v>0.61805555555555558</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B37" s="12">
+        <v>45984</v>
+      </c>
+      <c r="C37" s="13"/>
+      <c r="D37" s="13"/>
+      <c r="E37" s="5"/>
+      <c r="F37" s="5"/>
+      <c r="G37" s="5"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="8"/>
+      <c r="C38" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D38" s="14">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="F38" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13">
+        <v>0.68055555555555558</v>
+      </c>
+      <c r="D39" s="14">
+        <v>0.69444444444444442</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F39" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="D40" s="14">
+        <v>0.80208333333333337</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F40" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="10"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:G1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet40.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9727691B-7390-49E5-B960-910DAAE49B7D}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45712</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45713</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45714</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45715</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45716</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45717</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45718</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D41" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet41.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F83B2FA-4B93-4FAE-9E03-6F21A0ADE977}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45719</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45720</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45721</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45722</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45723</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45724</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45725</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet42.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B9CED257-736D-4CDB-837F-4483EB9DC8DE}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45726</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45727</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45728</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45729</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45730</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45731</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45732</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>121</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet43.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{85BD6A01-5849-4EBF-B061-20BFDBE701BE}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4:I43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45733</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45734</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45735</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45736</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45737</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45738</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45739</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>122</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet44.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B73513B8-7BE6-4FFB-A14A-87D4BBEA7A29}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4:I43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45740</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45741</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45742</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45743</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45744</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45745</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13"/>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45746</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet45.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D89F3C15-ACD3-4333-B3EA-F09B2BA7BBD4}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4:I43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45747</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45748</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45749</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45750</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45751</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45752</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45753</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet46.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{77C9BA30-2D87-4A94-91E2-78D022E32F2D}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4:I43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45754</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45755</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45756</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45757</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45758</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45759</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45760</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet47.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B9F8677-BCAF-47E4-B6D2-DE835CAA9018}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4:I43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45761</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45762</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45763</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45764</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45765</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45766</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13"/>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45767</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet48.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83FD2714-4F54-49A3-86E6-AFCE4195A672}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4:I43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="10" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45769</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45770</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45771</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45772</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45773</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45774</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16B93F0B-6C70-4CD9-8F49-AC240E74CDA0}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G44"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I31" sqref="I31"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="105" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="106"/>
+      <c r="C1" s="106"/>
+      <c r="D1" s="106"/>
+      <c r="E1" s="106"/>
+      <c r="F1" s="106"/>
+      <c r="G1" s="107"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45985</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D4" s="81">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.875</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="54"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45986</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="80">
+        <v>0.72569444444444442</v>
+      </c>
+      <c r="D9" s="81">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="D10" s="14">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13">
+        <v>0.80555555555555558</v>
+      </c>
+      <c r="D11" s="14">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D12" s="14">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D13" s="14">
+        <v>0.93055555555555558</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45987</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45988</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F25" s="20"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="6"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="12">
+        <v>45989</v>
+      </c>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="5"/>
+      <c r="F28" s="5"/>
+      <c r="G28" s="5"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45990</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="14">
+        <v>0.375</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13">
+        <v>0.4236111111111111</v>
+      </c>
+      <c r="D36" s="14">
+        <v>0.5</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="F36" s="18" t="s">
+        <v>156</v>
+      </c>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45991</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="5"/>
+      <c r="G39" s="5"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14">
+        <v>0.62152777777777779</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="F40" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13">
+        <v>0.63888888888888884</v>
+      </c>
+      <c r="D41" s="14">
+        <v>0.65277777777777779</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F41" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="D42" s="14">
+        <v>0.76041666666666663</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="F42" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="D43" s="14">
+        <v>0.8125</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:G1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2E57398-8C9D-4390-9EC1-274684A1237E}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G44"/>
+  <sheetViews>
+    <sheetView topLeftCell="A17" workbookViewId="0">
+      <selection activeCell="F27" sqref="F27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="105" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="106"/>
+      <c r="C1" s="106"/>
+      <c r="D1" s="106"/>
+      <c r="E1" s="106"/>
+      <c r="F1" s="106"/>
+      <c r="G1" s="107"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45992</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D4" s="81">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.875</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="54"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45993</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="4"/>
+      <c r="B9" s="9"/>
+      <c r="C9" s="80">
+        <v>0.72569444444444442</v>
+      </c>
+      <c r="D9" s="81">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="18"/>
+      <c r="G9" s="18"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="D10" s="14">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="8"/>
+      <c r="C11" s="13">
+        <v>0.80555555555555558</v>
+      </c>
+      <c r="D11" s="14">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D12" s="14">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="9"/>
+      <c r="C13" s="13">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D13" s="14">
+        <v>0.93055555555555558</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45994</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45995</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F25" s="20"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="6"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="12">
+        <v>45996</v>
+      </c>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="5"/>
+      <c r="F28" s="5"/>
+      <c r="G28" s="5"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45997</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="14">
+        <v>0.375</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13">
+        <v>0.4236111111111111</v>
+      </c>
+      <c r="D36" s="14">
+        <v>0.5</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="F36" s="18" t="s">
+        <v>151</v>
+      </c>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45998</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="5"/>
+      <c r="G39" s="5"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14">
+        <v>0.65277777777777779</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F40" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="D42" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:G1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D7E1EB19-ACA0-42E3-96E8-3A7A3C487FD3}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G45"/>
+  <sheetViews>
+    <sheetView topLeftCell="A20" workbookViewId="0">
+      <selection activeCell="H13" sqref="H13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.28515625" customWidth="1"/>
+    <col min="4" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="105" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="106"/>
+      <c r="C1" s="106"/>
+      <c r="D1" s="106"/>
+      <c r="E1" s="106"/>
+      <c r="F1" s="106"/>
+      <c r="G1" s="106"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45999</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D4" s="81">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.875</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="54"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="14"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46000</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="86"/>
+      <c r="G9" s="86"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="85"/>
+      <c r="B10" s="85"/>
+      <c r="C10" s="80">
+        <v>0.72569444444444442</v>
+      </c>
+      <c r="D10" s="81">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="82"/>
+      <c r="G10" s="82"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="D11" s="14">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="9"/>
+      <c r="C12" s="13">
+        <v>0.80555555555555558</v>
+      </c>
+      <c r="D12" s="14">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D13" s="14">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4"/>
+      <c r="B14" s="8"/>
+      <c r="C14" s="13">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D14" s="14">
+        <v>0.93055555555555558</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="4"/>
+      <c r="B15" s="9"/>
+      <c r="C15" s="13"/>
+      <c r="D15" s="14"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="18"/>
+      <c r="G15" s="18"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" s="12">
+        <v>46001</v>
+      </c>
+      <c r="C16" s="13"/>
+      <c r="D16" s="13"/>
+      <c r="E16" s="5"/>
+      <c r="F16" s="5"/>
+      <c r="G16" s="5"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="8"/>
+      <c r="C18" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="4"/>
+      <c r="B21" s="9"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="14"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="18"/>
+      <c r="G21" s="18"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" s="12">
+        <v>46002</v>
+      </c>
+      <c r="C22" s="13"/>
+      <c r="D22" s="13"/>
+      <c r="E22" s="5"/>
+      <c r="F22" s="5"/>
+      <c r="G22" s="5"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D24" s="14">
+        <v>0.78472222222222221</v>
+      </c>
+      <c r="E24" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="9"/>
+      <c r="C25" s="13">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="13">
+        <v>0.86111111111111116</v>
+      </c>
+      <c r="D26" s="14">
+        <v>0.89583333333333337</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F26" s="20"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13">
+        <v>0.90277777777777779</v>
+      </c>
+      <c r="D27" s="14">
+        <v>0.9375</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="10"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B29" s="12">
+        <v>46003</v>
+      </c>
+      <c r="C29" s="13"/>
+      <c r="D29" s="13"/>
+      <c r="E29" s="5"/>
+      <c r="F29" s="5"/>
+      <c r="G29" s="5"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13">
+        <v>0.73958333333333337</v>
+      </c>
+      <c r="D31" s="14">
+        <v>0.86458333333333337</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="87" t="s">
+        <v>163</v>
+      </c>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14"/>
+      <c r="E32" s="6"/>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="8"/>
+      <c r="C33" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B34" s="12">
+        <v>46004</v>
+      </c>
+      <c r="C34" s="13"/>
+      <c r="D34" s="13"/>
+      <c r="E34" s="5"/>
+      <c r="F34" s="5"/>
+      <c r="G34" s="5"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D35" s="14">
+        <v>0.375</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4"/>
+      <c r="B38" s="9"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="10"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B40" s="12">
+        <v>46005</v>
+      </c>
+      <c r="C40" s="13"/>
+      <c r="D40" s="13"/>
+      <c r="E40" s="5"/>
+      <c r="F40" s="5"/>
+      <c r="G40" s="5"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13">
+        <v>0.65972222222222221</v>
+      </c>
+      <c r="D42" s="14">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F42" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="D43" s="14">
+        <v>0.76041666666666663</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F43" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4"/>
+      <c r="B44" s="8"/>
+      <c r="C44" s="13">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="D44" s="14">
+        <v>0.8125</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F44" s="18"/>
+      <c r="G44" s="18"/>
+    </row>
+    <row r="45" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="4"/>
+      <c r="B45" s="10"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E45" s="6"/>
+      <c r="F45" s="18"/>
+      <c r="G45" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:G1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{02DF0D20-653E-4881-AC7F-524F9BDBC3D0}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A19" workbookViewId="0">
+      <selection activeCell="D39" sqref="D39"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.28515625" customWidth="1"/>
+    <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>46006</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D4" s="81">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.875</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>46007</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="4"/>
+      <c r="B9" s="9"/>
+      <c r="C9" s="80">
+        <v>0.72569444444444442</v>
+      </c>
+      <c r="D9" s="81">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="18"/>
+      <c r="G9" s="18"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="D10" s="14">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4"/>
+      <c r="B11" s="8"/>
+      <c r="C11" s="13">
+        <v>0.80555555555555558</v>
+      </c>
+      <c r="D11" s="14">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D12" s="14">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="9"/>
+      <c r="C13" s="13">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D13" s="14">
+        <v>0.93055555555555558</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="12">
+        <v>46008</v>
+      </c>
+      <c r="C14" s="13"/>
+      <c r="D14" s="13"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="49"/>
+      <c r="G14" s="5"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="4"/>
+      <c r="B15" s="8"/>
+      <c r="C15" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F15" s="18"/>
+      <c r="G15" s="18"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4"/>
+      <c r="B17" s="9"/>
+      <c r="C17" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" s="12">
+        <v>46009</v>
+      </c>
+      <c r="C20" s="13"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="5"/>
+      <c r="G20" s="5"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="4"/>
+      <c r="B21" s="8"/>
+      <c r="C21" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" s="18"/>
+      <c r="G21" s="18"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="9"/>
+      <c r="C22" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E22" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="10"/>
+      <c r="C24" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="10"/>
+      <c r="C25" s="13">
+        <v>0.85416666666666663</v>
+      </c>
+      <c r="D25" s="14">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" s="12">
+        <v>46010</v>
+      </c>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="5"/>
+      <c r="G26" s="5"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" s="37"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>46011</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>46012</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="14">
+        <v>0.69791666666666663</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="F39" s="18" t="s">
+        <v>151</v>
+      </c>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D49AE17-6C79-4C4B-9723-BA71A04F823D}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
   </sheetPr>
   <dimension ref="A1:G46"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F28" sqref="F28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.42578125" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="8.7109375" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" customWidth="1"/>
     <col min="6" max="7" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="105" t="s">
+      <c r="A1" s="108" t="s">
         <v>46</v>
       </c>
-      <c r="B1" s="105"/>
-[...2 lines deleted...]
-      <c r="E1" s="105"/>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="66" t="s">
+      <c r="A2" s="65" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="67" t="s">
+      <c r="B2" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="67" t="s">
+      <c r="C2" s="66" t="s">
         <v>47</v>
       </c>
-      <c r="D2" s="67" t="s">
+      <c r="D2" s="66" t="s">
         <v>48</v>
       </c>
-      <c r="E2" s="67" t="s">
+      <c r="E2" s="66" t="s">
         <v>49</v>
       </c>
-      <c r="F2" s="67" t="s">
+      <c r="F2" s="66" t="s">
         <v>50</v>
       </c>
-      <c r="G2" s="67" t="s">
+      <c r="G2" s="66" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="12">
         <v>45957</v>
       </c>
       <c r="C3" s="13"/>
       <c r="D3" s="13"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
     </row>
     <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="4"/>
       <c r="B4" s="8"/>
       <c r="C4" s="13" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="14" t="s">
         <v>33</v>
       </c>
@@ -2750,54 +32912,54 @@
     <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4"/>
       <c r="B23" s="8"/>
       <c r="C23" s="13" t="s">
         <v>81</v>
       </c>
       <c r="D23" s="14" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>85</v>
       </c>
       <c r="F23" s="18"/>
       <c r="G23" s="18"/>
     </row>
     <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="4"/>
       <c r="B24" s="9"/>
       <c r="C24" s="13">
         <v>0.73611111111111116</v>
       </c>
       <c r="D24" s="14" t="s">
         <v>57</v>
       </c>
       <c r="E24" s="35" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F24" s="18" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="G24" s="18"/>
     </row>
     <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4"/>
       <c r="B25" s="8"/>
       <c r="C25" s="13" t="s">
         <v>57</v>
       </c>
       <c r="D25" s="14" t="s">
         <v>43</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>56</v>
       </c>
       <c r="F25" s="18"/>
       <c r="G25" s="18"/>
     </row>
     <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="4"/>
       <c r="B26" s="10"/>
       <c r="C26" s="13" t="s">
         <v>24</v>
       </c>
       <c r="D26" s="14" t="s">
@@ -2918,51 +33080,51 @@
       <c r="G34" s="18"/>
     </row>
     <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B35" s="12">
         <v>45962</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="5"/>
       <c r="F35" s="5"/>
       <c r="G35" s="5"/>
     </row>
     <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="4"/>
       <c r="B36" s="9"/>
       <c r="C36" s="13" t="s">
         <v>88</v>
       </c>
       <c r="D36" s="14" t="s">
         <v>89</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="F36" s="18"/>
       <c r="G36" s="18"/>
     </row>
     <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="4"/>
       <c r="B37" s="9"/>
       <c r="C37" s="13" t="s">
         <v>90</v>
       </c>
       <c r="D37" s="14" t="s">
         <v>22</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F37" s="18"/>
       <c r="G37" s="18"/>
     </row>
     <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="4"/>
       <c r="B38" s="9"/>
       <c r="C38" s="13"/>
       <c r="D38" s="14"/>
       <c r="E38" s="6"/>
@@ -3032,30929 +33194,85 @@
       <c r="G44" s="18"/>
     </row>
     <row r="45" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="4"/>
       <c r="B45" s="8"/>
       <c r="C45" s="13"/>
       <c r="D45" s="14"/>
       <c r="E45" s="6"/>
       <c r="F45" s="18"/>
       <c r="G45" s="18"/>
     </row>
     <row r="46" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="4"/>
       <c r="B46" s="10"/>
       <c r="C46" s="13">
         <v>0.77083333333333337</v>
       </c>
       <c r="D46" s="14" t="s">
         <v>24</v>
       </c>
       <c r="E46" s="6" t="s">
         <v>103</v>
       </c>
       <c r="F46" s="18"/>
       <c r="G46" s="18"/>
-    </row>
-[...30841 lines deleted...]
-      <c r="G44" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>49</vt:i4>
+        <vt:i4>48</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="49" baseType="lpstr">
-[...5 lines deleted...]
-      <vt:lpstr>V.46</vt:lpstr>
+    <vt:vector size="48" baseType="lpstr">
+      <vt:lpstr>V.4 2026</vt:lpstr>
+      <vt:lpstr>V.5 2026</vt:lpstr>
+      <vt:lpstr>V.6 2026</vt:lpstr>
       <vt:lpstr>V47</vt:lpstr>
       <vt:lpstr>V48</vt:lpstr>
       <vt:lpstr>V49</vt:lpstr>
+      <vt:lpstr>V50</vt:lpstr>
+      <vt:lpstr>V51</vt:lpstr>
       <vt:lpstr>V44</vt:lpstr>
       <vt:lpstr>V45</vt:lpstr>
       <vt:lpstr>V46</vt:lpstr>
       <vt:lpstr>V.47</vt:lpstr>
       <vt:lpstr>V.48</vt:lpstr>
       <vt:lpstr>V.49</vt:lpstr>
       <vt:lpstr>V.50</vt:lpstr>
       <vt:lpstr>V.51</vt:lpstr>
       <vt:lpstr>V.52</vt:lpstr>
       <vt:lpstr>V.1 2026</vt:lpstr>
       <vt:lpstr>V 40</vt:lpstr>
       <vt:lpstr>V 41</vt:lpstr>
       <vt:lpstr>V 42</vt:lpstr>
       <vt:lpstr>V 43</vt:lpstr>
       <vt:lpstr>V 44</vt:lpstr>
       <vt:lpstr>V 45</vt:lpstr>
       <vt:lpstr>V 46</vt:lpstr>
       <vt:lpstr>V 47</vt:lpstr>
       <vt:lpstr>V 48</vt:lpstr>
       <vt:lpstr>V 49</vt:lpstr>
       <vt:lpstr>V 50</vt:lpstr>
       <vt:lpstr>V 51</vt:lpstr>
       <vt:lpstr>V 52</vt:lpstr>
       <vt:lpstr>V 1</vt:lpstr>
       <vt:lpstr>V 2</vt:lpstr>