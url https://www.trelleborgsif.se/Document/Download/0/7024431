--- v1 (2026-01-28)
+++ v2 (2026-03-16)
@@ -30,148 +30,146 @@
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet36.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet37.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet38.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet39.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet40.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet41.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet42.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet43.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet44.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet45.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet46.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet47.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet48.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Maritha\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Owner\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{92D8CE7E-9048-493C-9A6A-7FAE2AD13D09}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1705A57F-7869-40D1-B16C-149831C6A59B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="V.4 2026" sheetId="126" r:id="rId1"/>
-[...46 lines deleted...]
-    <sheet name="V 17" sheetId="93" state="hidden" r:id="rId48"/>
+    <sheet name="V.11 2026" sheetId="133" r:id="rId1"/>
+    <sheet name="V.12 2026" sheetId="134" r:id="rId2"/>
+    <sheet name="V47" sheetId="111" state="hidden" r:id="rId3"/>
+    <sheet name="V48" sheetId="112" state="hidden" r:id="rId4"/>
+    <sheet name="V49" sheetId="113" state="hidden" r:id="rId5"/>
+    <sheet name="V50" sheetId="114" state="hidden" r:id="rId6"/>
+    <sheet name="V51" sheetId="115" state="hidden" r:id="rId7"/>
+    <sheet name="V44" sheetId="98" state="hidden" r:id="rId8"/>
+    <sheet name="V45" sheetId="99" state="hidden" r:id="rId9"/>
+    <sheet name="V46" sheetId="100" state="hidden" r:id="rId10"/>
+    <sheet name="V.47" sheetId="101" state="hidden" r:id="rId11"/>
+    <sheet name="V.48" sheetId="102" state="hidden" r:id="rId12"/>
+    <sheet name="V.49" sheetId="103" state="hidden" r:id="rId13"/>
+    <sheet name="V.50" sheetId="104" state="hidden" r:id="rId14"/>
+    <sheet name="V.51" sheetId="105" state="hidden" r:id="rId15"/>
+    <sheet name="V.52" sheetId="106" state="hidden" r:id="rId16"/>
+    <sheet name="V.1 2026" sheetId="107" state="hidden" r:id="rId17"/>
+    <sheet name="V 40" sheetId="61" state="hidden" r:id="rId18"/>
+    <sheet name="V 41" sheetId="72" state="hidden" r:id="rId19"/>
+    <sheet name="V 42" sheetId="71" state="hidden" r:id="rId20"/>
+    <sheet name="V 43" sheetId="70" state="hidden" r:id="rId21"/>
+    <sheet name="V 44" sheetId="69" state="hidden" r:id="rId22"/>
+    <sheet name="V 45" sheetId="68" state="hidden" r:id="rId23"/>
+    <sheet name="V 46" sheetId="67" state="hidden" r:id="rId24"/>
+    <sheet name="V 47" sheetId="66" state="hidden" r:id="rId25"/>
+    <sheet name="V 48" sheetId="65" state="hidden" r:id="rId26"/>
+    <sheet name="V 49" sheetId="64" state="hidden" r:id="rId27"/>
+    <sheet name="V 50" sheetId="63" state="hidden" r:id="rId28"/>
+    <sheet name="V 51" sheetId="62" state="hidden" r:id="rId29"/>
+    <sheet name="V 52" sheetId="73" state="hidden" r:id="rId30"/>
+    <sheet name="V 1" sheetId="77" state="hidden" r:id="rId31"/>
+    <sheet name="V 2" sheetId="78" state="hidden" r:id="rId32"/>
+    <sheet name="V3" sheetId="79" state="hidden" r:id="rId33"/>
+    <sheet name="V 4" sheetId="80" state="hidden" r:id="rId34"/>
+    <sheet name="V 5" sheetId="81" state="hidden" r:id="rId35"/>
+    <sheet name="V 6" sheetId="82" state="hidden" r:id="rId36"/>
+    <sheet name="V7" sheetId="83" state="hidden" r:id="rId37"/>
+    <sheet name="V 8" sheetId="84" state="hidden" r:id="rId38"/>
+    <sheet name="V 9" sheetId="85" state="hidden" r:id="rId39"/>
+    <sheet name="V 10" sheetId="86" state="hidden" r:id="rId40"/>
+    <sheet name="V 11" sheetId="87" state="hidden" r:id="rId41"/>
+    <sheet name="V 12" sheetId="88" state="hidden" r:id="rId42"/>
+    <sheet name="V 13" sheetId="89" state="hidden" r:id="rId43"/>
+    <sheet name="V 14" sheetId="90" state="hidden" r:id="rId44"/>
+    <sheet name="V 15" sheetId="92" state="hidden" r:id="rId45"/>
+    <sheet name="V 16" sheetId="91" state="hidden" r:id="rId46"/>
+    <sheet name="V 17" sheetId="93" state="hidden" r:id="rId47"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3185" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3109" uniqueCount="201">
   <si>
     <t>Dag</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>H/B</t>
   </si>
   <si>
     <t>Domare</t>
   </si>
   <si>
     <t>Måndag</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Tisdag</t>
   </si>
   <si>
@@ -645,129 +643,147 @@
   <si>
     <t>Poolspel Hockeyskoj</t>
   </si>
   <si>
     <t>C, B</t>
   </si>
   <si>
     <t>A/JR</t>
   </si>
   <si>
     <t>ISDISCO</t>
   </si>
   <si>
     <t>DM-match mot RBK</t>
   </si>
   <si>
     <t>Seriematch mot Åstorp</t>
   </si>
   <si>
     <t>Seiematch mot Frosta</t>
   </si>
   <si>
     <t>C1</t>
   </si>
   <si>
-    <t>LEDIGT</t>
+    <t>B1</t>
   </si>
   <si>
-    <t>PLANERING SCHEMA TRÄNING  Vecka 4 2026</t>
+    <t xml:space="preserve">A </t>
   </si>
   <si>
-    <t>21.50</t>
+    <t>LAG</t>
   </si>
   <si>
-    <t>Poolspel mot RBK, Jonstorp. Glimma</t>
+    <t>TRÄNING</t>
   </si>
   <si>
-    <t>Seriespel mot Kristianstad</t>
+    <t>MATCH</t>
   </si>
   <si>
-    <t>Seriespel mot Limhamn</t>
+    <t>JR</t>
   </si>
   <si>
-    <t>Seriematch mot Töreboda</t>
+    <t>B1/B2</t>
   </si>
   <si>
-    <t xml:space="preserve">PLANERING SCHEMA TRÄNING Vecka 5 2026 </t>
+    <t>C1/C2</t>
   </si>
   <si>
-    <t>Värming</t>
+    <t>D3 Tjej</t>
   </si>
   <si>
-    <t>Seriematch J18 mot Lund</t>
+    <t>LEDIGT</t>
   </si>
   <si>
     <t>C2</t>
   </si>
   <si>
-    <t>Seriematch mot Kristianstad</t>
+    <t>B2</t>
   </si>
   <si>
-    <t>Spol</t>
+    <t>Seriematch mot Helsingborg</t>
   </si>
   <si>
-    <t>A2 Topp</t>
+    <t/>
   </si>
   <si>
-    <t>Träningsmatch mot Falcons</t>
+    <t>Seriematch mot Lund</t>
+  </si>
+  <si>
+    <t>Seriematch mot Jonstorp</t>
+  </si>
+  <si>
+    <t>TR min</t>
+  </si>
+  <si>
+    <t>Träningsmatch, lag ej klart</t>
+  </si>
+  <si>
+    <t>Seriematch mot Rögle</t>
+  </si>
+  <si>
+    <t>Seriematch mot Halmstad</t>
+  </si>
+  <si>
+    <t>C1/B2</t>
+  </si>
+  <si>
+    <t>11.55</t>
+  </si>
+  <si>
+    <t>C2/D1</t>
+  </si>
+  <si>
+    <t>D2/D3</t>
+  </si>
+  <si>
+    <t>ENBART FÖR D OCH TJEJ</t>
+  </si>
+  <si>
+    <t>D3/D4</t>
+  </si>
+  <si>
+    <t>D1/D2/D3/Tjej</t>
   </si>
   <si>
     <t>LEDARE</t>
   </si>
   <si>
-    <t>x</t>
+    <t>MV/Tjej</t>
   </si>
   <si>
-    <t xml:space="preserve">D1 </t>
+    <t>MV-träning</t>
   </si>
   <si>
-    <t>NOTIS</t>
+    <t>A/B1</t>
   </si>
   <si>
-    <t>Seriematch J20 mot Lejonet</t>
+    <t>ÖPPEN IS</t>
   </si>
   <si>
-    <t xml:space="preserve">A </t>
-[...17 lines deleted...]
-    <t>Matchändring</t>
+    <t>En vuxen måste vara på is</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="hh:mm;@"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -824,60 +840,62 @@
       <color theme="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="14"/>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <sz val="11"/>
+      <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="15">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
@@ -899,69 +917,69 @@
       <patternFill patternType="solid">
         <fgColor rgb="FFEE0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF27A936"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF92D050"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -1058,82 +1076,94 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top style="medium">
+      <left style="medium">
         <color indexed="64"/>
-      </top>
-[...4 lines deleted...]
-      <left/>
+      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="109">
+  <cellXfs count="110">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -1313,135 +1343,125 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="1" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="14" fillId="12" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="13" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="14" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="13" fillId="12" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="1" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="1" fillId="12" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="20" fontId="1" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFB07BD7"/>
       <color rgb="FF27A936"/>
       <color rgb="FF00CC00"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet47.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet45.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet44.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet43.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet48.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet38.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet46.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet47.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet45.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet44.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet43.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet38.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet46.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1661,31613 +1681,30998 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings24.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings25.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings26.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings27.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings28.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings29.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings30.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B660E0CB-444E-4D67-9F70-2A7219EDA294}">
-  <dimension ref="A1:J42"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B9C54F8F-2CD5-4A15-B32C-522CD3809FE3}">
+  <dimension ref="A1:H66"/>
   <sheetViews>
-    <sheetView topLeftCell="A25" workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:E25"/>
+    <sheetView tabSelected="1" topLeftCell="A19" workbookViewId="0">
+      <selection activeCell="G39" sqref="G39"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.140625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10" max="10" width="25.140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.6640625" customWidth="1"/>
+    <col min="5" max="5" width="12.6640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      <c r="A2" s="97" t="s">
+    <row r="1" spans="1:7" ht="18" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="106" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="107"/>
+      <c r="C1" s="107"/>
+      <c r="D1" s="107"/>
+      <c r="E1" s="107"/>
+      <c r="F1" s="107"/>
+      <c r="G1" s="108"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="98" t="s">
+      <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="98" t="s">
+      <c r="C2" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="D2" s="98" t="s">
+      <c r="D2" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="E2" s="98" t="s">
+      <c r="E2" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="F2" s="98" t="s">
+      <c r="F2" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="G2" s="98" t="s">
+      <c r="G2" s="1" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="12">
-        <v>45676</v>
+        <v>45725</v>
       </c>
       <c r="C3" s="13"/>
       <c r="D3" s="13"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
     </row>
-    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="4"/>
       <c r="B4" s="8"/>
-      <c r="C4" s="13">
+      <c r="C4" s="80">
         <v>0.79166666666666663</v>
       </c>
-      <c r="D4" s="14">
+      <c r="D4" s="81">
         <v>0.82638888888888884</v>
       </c>
-      <c r="E4" s="6" t="s">
-        <v>44</v>
+      <c r="E4" s="7" t="s">
+        <v>190</v>
       </c>
       <c r="F4" s="18"/>
       <c r="G4" s="18"/>
     </row>
-    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4"/>
       <c r="B5" s="8"/>
       <c r="C5" s="13">
         <v>0.83333333333333337</v>
       </c>
       <c r="D5" s="14">
-        <v>0.875</v>
+        <v>0.86805555555555558</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>6</v>
+        <v>188</v>
       </c>
       <c r="F5" s="18"/>
       <c r="G5" s="18"/>
     </row>
-    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="4"/>
       <c r="B6" s="8"/>
-      <c r="C6" s="15">
-[...6 lines deleted...]
-        <v>168</v>
+      <c r="C6" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>6</v>
       </c>
       <c r="F6" s="18"/>
       <c r="G6" s="18"/>
     </row>
-    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="4"/>
       <c r="B7" s="9"/>
       <c r="C7" s="28"/>
-      <c r="D7" s="29"/>
-      <c r="E7" s="7"/>
+      <c r="D7" s="81">
+        <v>0.9375</v>
+      </c>
+      <c r="E7" s="30"/>
       <c r="F7" s="18"/>
       <c r="G7" s="20"/>
     </row>
-    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="12">
-        <v>45677</v>
+        <v>45726</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
     </row>
-    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="4"/>
       <c r="B9" s="9"/>
       <c r="C9" s="89">
-        <v>0.72916666666666663</v>
+        <v>0.72569444444444442</v>
       </c>
       <c r="D9" s="90">
         <v>0.75694444444444442</v>
       </c>
       <c r="E9" s="91" t="s">
         <v>37</v>
       </c>
       <c r="F9" s="18"/>
       <c r="G9" s="18"/>
     </row>
-    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="4"/>
       <c r="B10" s="9"/>
       <c r="C10" s="92">
         <v>0.75694444444444442</v>
       </c>
       <c r="D10" s="93">
         <v>0.79861111111111116</v>
       </c>
       <c r="E10" s="91" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="F10" s="18"/>
       <c r="G10" s="18"/>
     </row>
-    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="4"/>
       <c r="B11" s="8"/>
       <c r="C11" s="92">
-        <v>0.80555555555555558</v>
+        <v>0.80902777777777779</v>
       </c>
       <c r="D11" s="93">
         <v>0.84027777777777779</v>
       </c>
       <c r="E11" s="91" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="18"/>
       <c r="G11" s="18"/>
     </row>
-    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="4"/>
       <c r="B12" s="8"/>
       <c r="C12" s="92">
         <v>0.84722222222222221</v>
       </c>
       <c r="D12" s="93">
         <v>0.88194444444444442</v>
       </c>
       <c r="E12" s="91" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="18"/>
       <c r="G12" s="18"/>
     </row>
-    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="4"/>
       <c r="B13" s="9"/>
       <c r="C13" s="92">
         <v>0.88888888888888884</v>
       </c>
       <c r="D13" s="93">
         <v>0.93055555555555558</v>
       </c>
       <c r="E13" s="91" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="18"/>
       <c r="G13" s="18"/>
     </row>
-    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="12">
-        <v>45678</v>
+        <v>45727</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="5"/>
       <c r="F14" s="5"/>
       <c r="G14" s="5"/>
     </row>
-    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="4"/>
       <c r="B15" s="8"/>
       <c r="C15" s="94" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>38</v>
+      </c>
+      <c r="D15" s="93">
+        <v>0.83333333333333337</v>
       </c>
       <c r="E15" s="91" t="s">
-        <v>120</v>
+        <v>194</v>
       </c>
       <c r="F15" s="18"/>
-      <c r="G15" s="18"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G15" s="18" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="4"/>
-      <c r="B16" s="8"/>
-[...4 lines deleted...]
-        <v>42</v>
+      <c r="B16" s="9"/>
+      <c r="C16" s="92">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="D16" s="93">
+        <v>0.88194444444444442</v>
       </c>
       <c r="E16" s="91" t="s">
-        <v>44</v>
+        <v>162</v>
       </c>
       <c r="F16" s="18"/>
       <c r="G16" s="18"/>
     </row>
-    <row r="17" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="4"/>
       <c r="B17" s="9"/>
-      <c r="C17" s="94" t="s">
-[...6 lines deleted...]
-        <v>6</v>
+      <c r="C17" s="92">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D17" s="93">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="E17" s="105" t="s">
+        <v>177</v>
       </c>
       <c r="F17" s="18"/>
       <c r="G17" s="18"/>
     </row>
-    <row r="18" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="4"/>
       <c r="B18" s="9"/>
-      <c r="C18" s="94" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="C18" s="13"/>
+      <c r="D18" s="14"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="18"/>
       <c r="G18" s="18"/>
     </row>
-    <row r="19" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B19" s="9"/>
+    <row r="19" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" s="12">
+        <v>45728</v>
+      </c>
       <c r="C19" s="13"/>
-      <c r="D19" s="14"/>
-[...17 lines deleted...]
-    <row r="21" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D19" s="13"/>
+      <c r="E19" s="5"/>
+      <c r="F19" s="5"/>
+      <c r="G19" s="5"/>
+    </row>
+    <row r="20" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="8"/>
+      <c r="C20" s="13">
+        <v>0.57291666666666663</v>
+      </c>
+      <c r="D20" s="14">
+        <v>0.61458333333333337</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="4"/>
       <c r="B21" s="8"/>
       <c r="C21" s="13">
-        <v>0.57291666666666663</v>
+        <v>0.74305555555555558</v>
       </c>
       <c r="D21" s="14">
-        <v>0.61458333333333337</v>
+        <v>0.79166666666666663</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="F21" s="18"/>
       <c r="G21" s="18"/>
     </row>
-    <row r="22" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="4"/>
-      <c r="B22" s="8"/>
+      <c r="B22" s="9"/>
       <c r="C22" s="13">
-        <v>0.74305555555555558</v>
+        <v>0.79861111111111116</v>
       </c>
       <c r="D22" s="14">
-        <v>0.79166666666666663</v>
+        <v>0.84027777777777779</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="F22" s="18"/>
       <c r="G22" s="18"/>
     </row>
-    <row r="23" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="4"/>
-      <c r="B23" s="9"/>
+      <c r="B23" s="8"/>
       <c r="C23" s="13">
-        <v>0.79861111111111116</v>
+        <v>0.84722222222222221</v>
       </c>
       <c r="D23" s="14">
-        <v>0.84027777777777779</v>
+        <v>0.88888888888888884</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F23" s="18"/>
+        <v>9</v>
+      </c>
+      <c r="F23" s="20"/>
       <c r="G23" s="18"/>
     </row>
-    <row r="24" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="4"/>
-      <c r="B24" s="8"/>
-[...1 lines deleted...]
-        <v>0.84722222222222221</v>
+      <c r="B24" s="10"/>
+      <c r="C24" s="13" t="s">
+        <v>26</v>
       </c>
       <c r="D24" s="14">
-        <v>0.88888888888888884</v>
+        <v>0.9375</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="F24" s="20"/>
+        <v>195</v>
+      </c>
+      <c r="F24" s="18"/>
       <c r="G24" s="18"/>
     </row>
-    <row r="25" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="A26" s="11" t="s">
+    <row r="25" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="12">
-[...8 lines deleted...]
-    <row r="27" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="12">
+        <v>45729</v>
+      </c>
+      <c r="C25" s="13"/>
+      <c r="D25" s="13"/>
+      <c r="E25" s="5"/>
+      <c r="F25" s="5"/>
+      <c r="G25" s="5"/>
+    </row>
+    <row r="26" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" s="14">
+        <v>0.78472222222222221</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="4"/>
       <c r="B27" s="8"/>
-      <c r="C27" s="13" t="s">
-        <v>18</v>
+      <c r="C27" s="13">
+        <v>0.80208333333333337</v>
       </c>
       <c r="D27" s="14">
-        <v>0.78472222222222221</v>
+        <v>0.88541666666666663</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="F27" s="18"/>
+        <v>96</v>
+      </c>
+      <c r="F27" s="18" t="s">
+        <v>139</v>
+      </c>
       <c r="G27" s="18"/>
     </row>
-    <row r="28" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="4"/>
       <c r="B28" s="8"/>
       <c r="C28" s="13">
-        <v>0.79166666666666663</v>
+        <v>0.89236111111111116</v>
       </c>
       <c r="D28" s="14">
-        <v>0.82638888888888884</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="E28" s="88" t="s">
+        <v>177</v>
       </c>
       <c r="F28" s="18"/>
       <c r="G28" s="18"/>
     </row>
-    <row r="29" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="4"/>
       <c r="B29" s="8"/>
-      <c r="C29" s="13">
-[...7 lines deleted...]
-      </c>
+      <c r="C29" s="13"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
       <c r="F29" s="18"/>
       <c r="G29" s="18"/>
-      <c r="J29" s="96"/>
-[...18 lines deleted...]
-      <c r="A31" s="11" t="s">
+    </row>
+    <row r="30" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="B31" s="12">
-[...9 lines deleted...]
-    <row r="32" spans="1:10" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="12">
+        <v>45730</v>
+      </c>
+      <c r="C30" s="13"/>
+      <c r="D30" s="13"/>
+      <c r="E30" s="5"/>
+      <c r="F30" s="5"/>
+      <c r="G30" s="5"/>
+    </row>
+    <row r="31" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="9"/>
+      <c r="C31" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="104" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="4"/>
       <c r="B32" s="9"/>
       <c r="C32" s="13" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D32" s="14" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>157</v>
+        <v>37</v>
       </c>
       <c r="F32" s="18"/>
       <c r="G32" s="18"/>
-      <c r="J32" s="96"/>
-[...1 lines deleted...]
-    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="4"/>
       <c r="B33" s="9"/>
-      <c r="C33" s="13" t="s">
-        <v>39</v>
+      <c r="C33" s="13">
+        <v>0.4236111111111111</v>
       </c>
       <c r="D33" s="14" t="s">
-        <v>22</v>
+        <v>189</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="F33" s="18"/>
+        <v>168</v>
+      </c>
+      <c r="F33" s="18" t="s">
+        <v>180</v>
+      </c>
       <c r="G33" s="18"/>
     </row>
-    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="4"/>
       <c r="B34" s="9"/>
       <c r="C34" s="13">
-        <v>0.4236111111111111</v>
+        <v>0.50694444444444442</v>
       </c>
       <c r="D34" s="14">
-        <v>0.52777777777777779</v>
+        <v>0.61805555555555558</v>
       </c>
       <c r="E34" s="6" t="s">
-        <v>56</v>
+        <v>178</v>
       </c>
       <c r="F34" s="18" t="s">
-        <v>171</v>
+        <v>185</v>
       </c>
       <c r="G34" s="18"/>
     </row>
-    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="4"/>
       <c r="B35" s="10"/>
-      <c r="C35" s="13">
-[...10 lines deleted...]
-      </c>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
       <c r="G35" s="18"/>
     </row>
-    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="12">
-        <v>45682</v>
+        <v>45731</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="5"/>
       <c r="F36" s="5"/>
       <c r="G36" s="5"/>
     </row>
-    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="4"/>
       <c r="B37" s="8"/>
-      <c r="C37" s="13">
-[...3 lines deleted...]
-        <v>0.58680555555555558</v>
+      <c r="C37" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>78</v>
       </c>
       <c r="E37" s="6" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="F37" s="18"/>
+        <v>179</v>
+      </c>
+      <c r="F37" s="18" t="s">
+        <v>182</v>
+      </c>
       <c r="G37" s="18"/>
     </row>
-    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="4"/>
       <c r="B38" s="8"/>
       <c r="C38" s="13">
-        <v>0.58680555555555558</v>
+        <v>0.63541666666666663</v>
       </c>
       <c r="D38" s="14">
-        <v>0.60069444444444442</v>
+        <v>0.71875</v>
       </c>
       <c r="E38" s="6" t="s">
-        <v>135</v>
+        <v>96</v>
       </c>
       <c r="F38" s="18" t="s">
-        <v>137</v>
+        <v>183</v>
       </c>
       <c r="G38" s="18"/>
     </row>
-    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="4"/>
       <c r="B39" s="8"/>
       <c r="C39" s="13">
-        <v>0.60069444444444442</v>
+        <v>0.72916666666666663</v>
       </c>
       <c r="D39" s="14">
-        <v>0.61458333333333337</v>
-[...7 lines deleted...]
-    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.76388888888888884</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18" t="s">
+        <v>199</v>
+      </c>
+      <c r="G39" s="18" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="4"/>
       <c r="B40" s="8"/>
       <c r="C40" s="13">
-        <v>0.61458333333333337</v>
+        <v>0.72916666666666663</v>
       </c>
       <c r="D40" s="14">
-        <v>0.70833333333333337</v>
+        <v>0.8125</v>
       </c>
       <c r="E40" s="6" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="F40" s="18"/>
       <c r="G40" s="18"/>
     </row>
-    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="4"/>
       <c r="B41" s="10"/>
-      <c r="C41" s="13">
-[...8 lines deleted...]
-      <c r="F41" s="18" t="s">
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="58" spans="4:7" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="59" spans="4:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="D59" s="95" t="s">
+        <v>170</v>
+      </c>
+      <c r="E59" s="96" t="s">
+        <v>171</v>
+      </c>
+      <c r="F59" s="97" t="s">
+        <v>184</v>
+      </c>
+      <c r="G59" s="98" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="60" spans="4:7" x14ac:dyDescent="0.3">
+      <c r="D60" s="99" t="s">
+        <v>135</v>
+      </c>
+      <c r="E60" s="100">
+        <v>2</v>
+      </c>
+      <c r="F60" s="100">
+        <v>1.4</v>
+      </c>
+      <c r="G60" s="100"/>
+    </row>
+    <row r="61" spans="4:7" x14ac:dyDescent="0.3">
+      <c r="D61" s="101" t="s">
         <v>173</v>
       </c>
-      <c r="G41" s="18"/>
-[...8 lines deleted...]
-      <c r="G42" s="18"/>
+      <c r="E61" s="102">
+        <v>2</v>
+      </c>
+      <c r="F61" s="102">
+        <v>2</v>
+      </c>
+      <c r="G61" s="102"/>
+    </row>
+    <row r="62" spans="4:7" x14ac:dyDescent="0.3">
+      <c r="D62" s="101" t="s">
+        <v>169</v>
+      </c>
+      <c r="E62" s="102">
+        <v>2</v>
+      </c>
+      <c r="F62" s="102">
+        <v>1.5</v>
+      </c>
+      <c r="G62" s="102">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="63" spans="4:7" x14ac:dyDescent="0.3">
+      <c r="D63" s="101" t="s">
+        <v>174</v>
+      </c>
+      <c r="E63" s="103">
+        <v>3</v>
+      </c>
+      <c r="F63" s="102">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G63" s="102">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="64" spans="4:7" x14ac:dyDescent="0.3">
+      <c r="D64" s="101" t="s">
+        <v>175</v>
+      </c>
+      <c r="E64" s="102">
+        <v>3</v>
+      </c>
+      <c r="F64" s="102">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G64" s="102"/>
+    </row>
+    <row r="65" spans="4:7" x14ac:dyDescent="0.3">
+      <c r="D65" s="101" t="s">
+        <v>56</v>
+      </c>
+      <c r="E65" s="102">
+        <v>2</v>
+      </c>
+      <c r="F65" s="102">
+        <v>2.1</v>
+      </c>
+      <c r="G65" s="102"/>
+    </row>
+    <row r="66" spans="4:7" x14ac:dyDescent="0.3">
+      <c r="D66" s="101" t="s">
+        <v>176</v>
+      </c>
+      <c r="E66" s="102">
+        <v>2</v>
+      </c>
+      <c r="F66" s="102">
+        <v>1.5</v>
+      </c>
+      <c r="G66" s="102"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D03E40C6-4BFB-4A14-81A6-5F0DB8AA9306}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G46"/>
+  <sheetViews>
+    <sheetView topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="G29" sqref="G29"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="8.33203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.6640625" customWidth="1"/>
+    <col min="5" max="5" width="9.109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45971</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="56"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45972</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45973</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45974</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>134</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" s="20"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="10"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B29" s="12">
+        <v>45975</v>
+      </c>
+      <c r="C29" s="28"/>
+      <c r="D29" s="28"/>
+      <c r="E29" s="28"/>
+      <c r="F29" s="5"/>
+      <c r="G29" s="5"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="8"/>
+      <c r="C33" s="13"/>
+      <c r="D33" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B34" s="12">
+        <v>45976</v>
+      </c>
+      <c r="C34" s="13"/>
+      <c r="D34" s="13"/>
+      <c r="E34" s="5"/>
+      <c r="F34" s="5"/>
+      <c r="G34" s="5"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D35" s="14">
+        <v>0.375</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="9"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="10"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="10"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B41" s="12">
+        <v>45977</v>
+      </c>
+      <c r="C41" s="13"/>
+      <c r="D41" s="13"/>
+      <c r="E41" s="5"/>
+      <c r="F41" s="5"/>
+      <c r="G41" s="5"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="8"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="18"/>
+    </row>
+    <row r="45" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="4"/>
+      <c r="B45" s="8"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="14"/>
+      <c r="E45" s="6"/>
+      <c r="F45" s="18"/>
+      <c r="G45" s="18"/>
+    </row>
+    <row r="46" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="4"/>
+      <c r="B46" s="10"/>
+      <c r="C46" s="13">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="D46" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F46" s="18"/>
+      <c r="G46" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9F870F70-C1AD-4A6A-BE73-0230136F8B9F}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G43"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G24" sqref="G24"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="8.33203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.6640625" customWidth="1"/>
+    <col min="5" max="5" width="9" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45978</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45979</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45980</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45981</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45982</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45983</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14">
+        <v>0.375</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45984</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{585C19B4-7615-4BD8-98F2-7189687098C6}">
+  <dimension ref="A1:G43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:G2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.6640625" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45985</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45986</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45987</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45988</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45989</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45983</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45990</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{469F8EC6-3BB3-443B-A4A4-3D561902C8CB}">
+  <dimension ref="A1:G43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A28" workbookViewId="0">
+      <selection activeCell="F5" sqref="F5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.6640625" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>4</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45992</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="7"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45993</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45994</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45995</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45996</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45997</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45998</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B2D9D5A-71BB-4351-A112-29454A321C0B}">
+  <dimension ref="A1:G43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:G2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.6640625" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45999</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="47" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="48"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46000</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>46001</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>46002</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>46003</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>46004</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>46005</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07E88043-0352-4038-A4EB-12B187FBC5F5}">
+  <dimension ref="A1:G43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A3" workbookViewId="0">
+      <selection activeCell="J8" sqref="J8"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="8.33203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.6640625" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>46006</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="30"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46007</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>46008</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>46009</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="9"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="10"/>
+      <c r="C25" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" s="12">
+        <v>46010</v>
+      </c>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="5"/>
+      <c r="G26" s="5"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" s="6"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="37"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>46011</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>46012</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED10F6CA-5164-4871-A21B-BE285D6BCBF1}">
+  <dimension ref="A1:G44"/>
+  <sheetViews>
+    <sheetView topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="I29" sqref="I29"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="8.33203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.6640625" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>46013</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" s="14"/>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="15"/>
+      <c r="D7" s="16"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="6"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46014</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>46015</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="69"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="14"/>
+      <c r="E16" s="67"/>
+      <c r="F16" s="71"/>
+      <c r="G16" s="68"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13"/>
+      <c r="D17" s="14"/>
+      <c r="E17" s="67"/>
+      <c r="F17" s="72"/>
+      <c r="G17" s="68"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="14"/>
+      <c r="E18" s="67"/>
+      <c r="F18" s="72" t="s">
+        <v>142</v>
+      </c>
+      <c r="G18" s="68"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="67"/>
+      <c r="F19" s="72"/>
+      <c r="G19" s="68"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="67"/>
+      <c r="F20" s="73"/>
+      <c r="G20" s="68"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>46016</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="78"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13"/>
+      <c r="D22" s="14"/>
+      <c r="E22" s="67"/>
+      <c r="F22" s="71"/>
+      <c r="G22" s="79"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13"/>
+      <c r="D23" s="14"/>
+      <c r="E23" s="67"/>
+      <c r="F23" s="72"/>
+      <c r="G23" s="68"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="14"/>
+      <c r="E24" s="67"/>
+      <c r="F24" s="72" t="s">
+        <v>119</v>
+      </c>
+      <c r="G24" s="68"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="9"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="67"/>
+      <c r="F25" s="72"/>
+      <c r="G25" s="68"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="67"/>
+      <c r="F26" s="72"/>
+      <c r="G26" s="68"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="67"/>
+      <c r="F27" s="73"/>
+      <c r="G27" s="68"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="12">
+        <v>46017</v>
+      </c>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="5"/>
+      <c r="F28" s="70"/>
+      <c r="G28" s="5"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>46018</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="14"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>46019</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="5"/>
+      <c r="G39" s="5"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" s="6"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{04FCCC22-6DC6-4C3E-9933-4F886372DA8F}">
+  <dimension ref="A1:G42"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G17" sqref="G17"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.6640625" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45656</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" s="48"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45657</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="69"/>
+      <c r="G9" s="5"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26"/>
+      <c r="D10" s="27"/>
+      <c r="E10" s="67"/>
+      <c r="F10" s="75"/>
+      <c r="G10" s="68"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="67"/>
+      <c r="F11" s="76"/>
+      <c r="G11" s="68"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="67"/>
+      <c r="F12" s="72" t="s">
+        <v>143</v>
+      </c>
+      <c r="G12" s="68"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="74"/>
+      <c r="F13" s="76"/>
+      <c r="G13" s="68"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="67"/>
+      <c r="F14" s="77"/>
+      <c r="G14" s="68"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45658</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="78"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="14"/>
+      <c r="E16" s="67"/>
+      <c r="F16" s="71"/>
+      <c r="G16" s="68"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13"/>
+      <c r="D17" s="14"/>
+      <c r="E17" s="67"/>
+      <c r="F17" s="72"/>
+      <c r="G17" s="68"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="14"/>
+      <c r="E18" s="67"/>
+      <c r="F18" s="72" t="s">
+        <v>119</v>
+      </c>
+      <c r="G18" s="68"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="67"/>
+      <c r="F19" s="72"/>
+      <c r="G19" s="68"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="67"/>
+      <c r="F20" s="73"/>
+      <c r="G20" s="68"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45659</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="70"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="20"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" s="22"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45660</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14">
+        <v>0.86805555555555547</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="35"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14"/>
+      <c r="E32" s="35"/>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45661</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F35" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F37" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45662</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="5"/>
+      <c r="G39" s="5"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="F40" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="10"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8DFA5F9-96F5-4181-9553-F610DD30F482}">
+  <dimension ref="A1:I45"/>
+  <sheetViews>
+    <sheetView topLeftCell="A21" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D44" sqref="D44"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="8.33203125" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="8" width="30.6640625" customWidth="1"/>
+    <col min="9" max="9" width="53.33203125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45929</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+    </row>
+    <row r="4" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="32"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+    </row>
+    <row r="5" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="32"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+    </row>
+    <row r="6" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="32"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+    </row>
+    <row r="7" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="32"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+    </row>
+    <row r="8" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45930</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+    </row>
+    <row r="9" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="31"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+    </row>
+    <row r="10" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="32"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+    </row>
+    <row r="11" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="32"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+    </row>
+    <row r="12" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="32"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+    </row>
+    <row r="13" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="32"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+    </row>
+    <row r="14" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="32"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+    </row>
+    <row r="15" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="33" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45931</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+    </row>
+    <row r="16" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="32"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+    </row>
+    <row r="17" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="32"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+    </row>
+    <row r="18" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="32"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+    </row>
+    <row r="19" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="32"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+    </row>
+    <row r="20" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="32"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="58"/>
+      <c r="E20" s="25"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+    </row>
+    <row r="21" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45932</v>
+      </c>
+      <c r="C21" s="28"/>
+      <c r="D21" s="28"/>
+      <c r="E21" s="28"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+    </row>
+    <row r="22" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+    </row>
+    <row r="23" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>55</v>
+      </c>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+    </row>
+    <row r="24" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+    </row>
+    <row r="25" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+    </row>
+    <row r="26" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="20"/>
+      <c r="I26" s="18"/>
+    </row>
+    <row r="27" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F27" s="17"/>
+      <c r="G27" s="18"/>
+      <c r="H27" s="18"/>
+      <c r="I27" s="18"/>
+    </row>
+    <row r="28" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="12">
+        <v>45933</v>
+      </c>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="5"/>
+      <c r="H28" s="5"/>
+      <c r="I28" s="5"/>
+    </row>
+    <row r="29" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+    </row>
+    <row r="30" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+    </row>
+    <row r="31" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+    </row>
+    <row r="32" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="17"/>
+      <c r="G32" s="18"/>
+      <c r="H32" s="18"/>
+      <c r="I32" s="18"/>
+    </row>
+    <row r="33" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45934</v>
+      </c>
+      <c r="C33" s="23"/>
+      <c r="D33" s="23"/>
+      <c r="E33" s="23"/>
+      <c r="F33" s="13"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="5"/>
+    </row>
+    <row r="34" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+    </row>
+    <row r="35" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+    </row>
+    <row r="36" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+    </row>
+    <row r="37" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+    </row>
+    <row r="38" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+    </row>
+    <row r="39" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="10"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+    </row>
+    <row r="40" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B40" s="12">
+        <v>45935</v>
+      </c>
+      <c r="C40" s="13"/>
+      <c r="D40" s="13"/>
+      <c r="E40" s="5"/>
+      <c r="F40" s="13"/>
+      <c r="G40" s="5"/>
+      <c r="H40" s="5"/>
+      <c r="I40" s="5"/>
+    </row>
+    <row r="41" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+    </row>
+    <row r="42" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+    </row>
+    <row r="43" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+    </row>
+    <row r="44" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="8"/>
+      <c r="C44" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="D44" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="F44" s="17"/>
+      <c r="G44" s="18"/>
+      <c r="H44" s="18"/>
+      <c r="I44" s="18"/>
+    </row>
+    <row r="45" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="4"/>
+      <c r="B45" s="10"/>
+      <c r="C45" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D45" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F45" s="17"/>
+      <c r="G45" s="18"/>
+      <c r="H45" s="18"/>
+      <c r="I45" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5F810132-FCAE-4DF5-962D-608CE00335C1}">
+  <dimension ref="A1:J44"/>
+  <sheetViews>
+    <sheetView topLeftCell="A14" workbookViewId="0">
+      <selection activeCell="D43" sqref="D43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45936</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="59"/>
+      <c r="E8" s="30"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45937</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45938</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="28"/>
+      <c r="D20" s="59"/>
+      <c r="E20" s="30"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45939</v>
+      </c>
+      <c r="C21" s="28"/>
+      <c r="D21" s="28"/>
+      <c r="E21" s="28"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="43"/>
+      <c r="G22" s="44"/>
+      <c r="H22" s="44"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>55</v>
+      </c>
+      <c r="F23" s="43"/>
+      <c r="G23" s="44"/>
+      <c r="H23" s="44"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F24" s="43"/>
+      <c r="G24" s="44"/>
+      <c r="H24" s="44"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" s="43"/>
+      <c r="G25" s="44"/>
+      <c r="H25" s="45"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F26" s="43"/>
+      <c r="G26" s="44"/>
+      <c r="H26" s="45"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F27" s="43"/>
+      <c r="G27" s="44"/>
+      <c r="H27" s="44"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="18"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="12">
+        <v>45940</v>
+      </c>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="41"/>
+      <c r="G28" s="42"/>
+      <c r="H28" s="42"/>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" s="43"/>
+      <c r="G29" s="44"/>
+      <c r="H29" s="44"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="43"/>
+      <c r="G30" s="44"/>
+      <c r="H30" s="44"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F31" s="43"/>
+      <c r="G31" s="44"/>
+      <c r="H31" s="44"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="43"/>
+      <c r="G32" s="44"/>
+      <c r="H32" s="44"/>
+      <c r="I32" s="18"/>
+      <c r="J32" s="18"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45941</v>
+      </c>
+      <c r="C33" s="28"/>
+      <c r="D33" s="28"/>
+      <c r="E33" s="28"/>
+      <c r="F33" s="41"/>
+      <c r="G33" s="42"/>
+      <c r="H33" s="42"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F34" s="43"/>
+      <c r="G34" s="44"/>
+      <c r="H34" s="44"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F35" s="43"/>
+      <c r="G35" s="44"/>
+      <c r="H35" s="44"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="43"/>
+      <c r="G36" s="44"/>
+      <c r="H36" s="44"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="43"/>
+      <c r="G37" s="44"/>
+      <c r="H37" s="44"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="E38" s="6"/>
+      <c r="F38" s="43"/>
+      <c r="G38" s="44"/>
+      <c r="H38" s="44"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45942</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="41"/>
+      <c r="G39" s="42"/>
+      <c r="H39" s="42"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="43"/>
+      <c r="G40" s="44"/>
+      <c r="H40" s="44"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="43"/>
+      <c r="G41" s="44"/>
+      <c r="H41" s="44"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="E42" s="6"/>
+      <c r="F42" s="43"/>
+      <c r="G42" s="44"/>
+      <c r="H42" s="44"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="D43" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="F43" s="43"/>
+      <c r="G43" s="44"/>
+      <c r="H43" s="44"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+    <row r="44" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D44" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F44" s="43"/>
+      <c r="G44" s="44"/>
+      <c r="H44" s="44"/>
+      <c r="I44" s="18"/>
+      <c r="J44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9965473A-E179-47F2-BAB7-60E2234DDB14}">
+  <dimension ref="A1:G40"/>
+  <sheetViews>
+    <sheetView topLeftCell="A18" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="K19" sqref="K19"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.6640625" customWidth="1"/>
+    <col min="5" max="5" width="12.6640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="106" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="107"/>
+      <c r="C1" s="107"/>
+      <c r="D1" s="107"/>
+      <c r="E1" s="107"/>
+      <c r="F1" s="107"/>
+      <c r="G1" s="108"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45732</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D4" s="81">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.86805555555555558</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="81">
+        <v>0.9375</v>
+      </c>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45733</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="89">
+        <v>0.72569444444444442</v>
+      </c>
+      <c r="D10" s="90">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E10" s="91" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="92">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="D11" s="93">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="E11" s="91" t="s">
+        <v>191</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="92">
+        <v>0.80555555555555558</v>
+      </c>
+      <c r="D12" s="93">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E12" s="91" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="92">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D13" s="93">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="E13" s="91" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="92">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D14" s="93">
+        <v>0.93055555555555558</v>
+      </c>
+      <c r="E14" s="91" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45734</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="94" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="93">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="E16" s="91" t="s">
+        <v>194</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="92">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="D17" s="93">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="E17" s="91" t="s">
+        <v>162</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="14"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" s="12">
+        <v>45735</v>
+      </c>
+      <c r="C19" s="13"/>
+      <c r="D19" s="13"/>
+      <c r="E19" s="5"/>
+      <c r="F19" s="5"/>
+      <c r="G19" s="5"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="8"/>
+      <c r="C20" s="13">
+        <v>0.57291666666666663</v>
+      </c>
+      <c r="D20" s="14">
+        <v>0.61458333333333337</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="4"/>
+      <c r="B21" s="8"/>
+      <c r="C21" s="13">
+        <v>0.74305555555555558</v>
+      </c>
+      <c r="D21" s="14">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F21" s="18"/>
+      <c r="G21" s="18"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="9"/>
+      <c r="C22" s="13">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="D22" s="14">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D23" s="14">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F23" s="20"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="10"/>
+      <c r="C24" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D24" s="14">
+        <v>0.9375</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B25" s="12">
+        <v>45736</v>
+      </c>
+      <c r="C25" s="13"/>
+      <c r="D25" s="13"/>
+      <c r="E25" s="5"/>
+      <c r="F25" s="5"/>
+      <c r="G25" s="5"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" s="14">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="F26" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="13">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="D27" s="14">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13">
+        <v>0.85416666666666663</v>
+      </c>
+      <c r="D28" s="14">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="E28" s="88" t="s">
+        <v>177</v>
+      </c>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B30" s="12">
+        <v>45737</v>
+      </c>
+      <c r="C30" s="13"/>
+      <c r="D30" s="13"/>
+      <c r="E30" s="5"/>
+      <c r="F30" s="5"/>
+      <c r="G30" s="5"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="9"/>
+      <c r="C31" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="9"/>
+      <c r="C32" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13">
+        <v>0.4236111111111111</v>
+      </c>
+      <c r="D33" s="14">
+        <v>0.50694444444444442</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F33" s="18" t="s">
+        <v>186</v>
+      </c>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13">
+        <v>0.51388888888888884</v>
+      </c>
+      <c r="D34" s="14">
+        <v>0.61805555555555558</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="10"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B36" s="12">
+        <v>45738</v>
+      </c>
+      <c r="C36" s="13"/>
+      <c r="D36" s="13"/>
+      <c r="E36" s="5"/>
+      <c r="F36" s="5"/>
+      <c r="G36" s="5"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="8"/>
+      <c r="C37" s="13">
+        <v>0.56944444444444442</v>
+      </c>
+      <c r="D37" s="14">
+        <v>0.65277777777777779</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="F37" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="8"/>
+      <c r="C38" s="13">
+        <v>0.66319444444444442</v>
+      </c>
+      <c r="D38" s="14">
+        <v>0.76388888888888884</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="D39" s="14">
+        <v>0.8125</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:G1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B93341B-67B5-44A7-B12F-0FC7DE72C9B2}">
+  <dimension ref="A1:J45"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G27" sqref="G27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45943</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="56"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="53" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="25"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45944</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="8"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="4"/>
+      <c r="B15" s="9"/>
+      <c r="C15" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="6"/>
+      <c r="F15" s="17"/>
+      <c r="G15" s="18"/>
+      <c r="H15" s="18"/>
+      <c r="I15" s="18"/>
+      <c r="J15" s="18"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" s="12">
+        <v>45945</v>
+      </c>
+      <c r="C16" s="23"/>
+      <c r="D16" s="23"/>
+      <c r="E16" s="23"/>
+      <c r="F16" s="13"/>
+      <c r="G16" s="5"/>
+      <c r="H16" s="5"/>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="8"/>
+      <c r="C18" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D20" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="4"/>
+      <c r="B21" s="9"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="6"/>
+      <c r="F21" s="17"/>
+      <c r="G21" s="18"/>
+      <c r="H21" s="18"/>
+      <c r="I21" s="18"/>
+      <c r="J21" s="18"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" s="12">
+        <v>45946</v>
+      </c>
+      <c r="C22" s="28"/>
+      <c r="D22" s="28"/>
+      <c r="E22" s="28"/>
+      <c r="F22" s="13"/>
+      <c r="G22" s="5"/>
+      <c r="H22" s="5"/>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="18"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="9"/>
+      <c r="C26" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="20"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" s="6"/>
+      <c r="F27" s="17"/>
+      <c r="G27" s="18"/>
+      <c r="H27" s="18"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="18"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="10"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="60" t="s">
+        <v>16</v>
+      </c>
+      <c r="E28" s="30"/>
+      <c r="F28" s="34"/>
+      <c r="G28" s="34"/>
+      <c r="H28" s="34"/>
+      <c r="I28" s="34"/>
+      <c r="J28" s="34"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B29" s="12">
+        <v>45947</v>
+      </c>
+      <c r="C29" s="13"/>
+      <c r="D29" s="13"/>
+      <c r="E29" s="5"/>
+      <c r="F29" s="13"/>
+      <c r="G29" s="5"/>
+      <c r="H29" s="5"/>
+      <c r="I29" s="5"/>
+      <c r="J29" s="5"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="17"/>
+      <c r="G32" s="18"/>
+      <c r="H32" s="18"/>
+      <c r="I32" s="18"/>
+      <c r="J32" s="18"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="8"/>
+      <c r="C33" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B34" s="12">
+        <v>45948</v>
+      </c>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28"/>
+      <c r="E34" s="28"/>
+      <c r="F34" s="13"/>
+      <c r="G34" s="5"/>
+      <c r="H34" s="5"/>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="9"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="10"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B40" s="12">
+        <v>45949</v>
+      </c>
+      <c r="C40" s="13"/>
+      <c r="D40" s="13"/>
+      <c r="E40" s="5"/>
+      <c r="F40" s="13"/>
+      <c r="G40" s="5"/>
+      <c r="H40" s="5"/>
+      <c r="I40" s="5"/>
+      <c r="J40" s="5"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+    <row r="44" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="8"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="18"/>
+      <c r="H44" s="18"/>
+      <c r="I44" s="18"/>
+      <c r="J44" s="18"/>
+    </row>
+    <row r="45" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="4"/>
+      <c r="B45" s="10"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E45" s="6"/>
+      <c r="F45" s="17"/>
+      <c r="G45" s="18"/>
+      <c r="H45" s="18"/>
+      <c r="I45" s="18"/>
+      <c r="J45" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD63B19F-9CD6-4EC2-B945-63E67B7AF000}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="D11" sqref="D11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45950</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14"/>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="D7" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="14"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45951</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45952</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45953</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45954</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45955</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45956</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0DFEFFD6-3BA3-4356-95CC-4D423F22D9B8}">
+  <dimension ref="A1:J44"/>
+  <sheetViews>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="D9" sqref="D9"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.6640625" customWidth="1"/>
+    <col min="5" max="5" width="9.6640625" customWidth="1"/>
+    <col min="6" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45957</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45958</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+      <c r="J9" s="34"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45959</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45960</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22" s="62" t="s">
+        <v>92</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45961</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D28" s="52" t="s">
+        <v>126</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="36"/>
+      <c r="G28" s="37"/>
+      <c r="H28" s="37"/>
+      <c r="I28" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="J28" s="37"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="17"/>
+      <c r="G32" s="18"/>
+      <c r="H32" s="18"/>
+      <c r="I32" s="18"/>
+      <c r="J32" s="18"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45962</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="13"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="14"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45963</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+    <row r="44" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" s="6"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="18"/>
+      <c r="H44" s="18"/>
+      <c r="I44" s="18"/>
+      <c r="J44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C89482A8-25AE-4865-9B1D-5A7ADD6D13C0}">
+  <dimension ref="A1:J44"/>
+  <sheetViews>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.6640625" customWidth="1"/>
+    <col min="5" max="5" width="8.44140625" customWidth="1"/>
+    <col min="6" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45964</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" s="14"/>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45965</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+      <c r="J9" s="34"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45966</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45967</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="14"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45968</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45969</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45970</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+    <row r="44" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" s="6"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="18"/>
+      <c r="H44" s="18"/>
+      <c r="I44" s="18"/>
+      <c r="J44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{12ABDBAA-1767-468F-B2CD-D62BD0CE1E14}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45971</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45972</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+      <c r="J9" s="34"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45973</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45974</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45975</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45976</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13"/>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45977</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32EBCDD2-F6A2-434F-9F46-C9800571099B}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45978</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45979</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+      <c r="J9" s="34"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45980</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45981</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45982</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45983</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45984</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <phoneticPr fontId="6" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F5175CA-C53B-48E1-96DD-4EB02B39152C}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45985</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45986</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+      <c r="J9" s="34"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45987</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45621</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45989</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45990</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45991</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{52454B17-F51F-42D0-A3A9-D01F23F52971}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45992</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45993</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45994</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45995</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45996</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45997</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45998</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{870E931E-964F-4AF8-A662-5B864C87B28D}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45999</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="47" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="48"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46000</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>46001</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>46002</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>46003</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>46004</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>46005</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{685C4436-9A24-4E03-A287-3CD3BDF06A24}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>46006</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="23"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="25"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46007</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>46008</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="49"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>46009</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="9"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="10"/>
+      <c r="C25" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="18"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" s="12">
+        <v>46010</v>
+      </c>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="13"/>
+      <c r="G26" s="5"/>
+      <c r="H26" s="5"/>
+      <c r="I26" s="5"/>
+      <c r="J26" s="5"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" s="6"/>
+      <c r="F27" s="36"/>
+      <c r="G27" s="37"/>
+      <c r="H27" s="37"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="37"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>46011</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>46012</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18" t="s">
+        <v>129</v>
+      </c>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7900C174-2E82-4003-877E-D0562B9ED409}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:H42"/>
+  <sheetViews>
+    <sheetView topLeftCell="A18" workbookViewId="0">
+      <selection activeCell="D23" sqref="D23"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="8.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.6640625" customWidth="1"/>
+    <col min="6" max="6" width="37.109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="18" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="106" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="107"/>
+      <c r="C1" s="107"/>
+      <c r="D1" s="107"/>
+      <c r="E1" s="107"/>
+      <c r="F1" s="107"/>
+      <c r="G1" s="108"/>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45978</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D4" s="81">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.875</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="54"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45979</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="23"/>
+    </row>
+    <row r="9" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="80">
+        <v>0.72569444444444442</v>
+      </c>
+      <c r="D9" s="81">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="23"/>
+    </row>
+    <row r="10" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="D10" s="14">
+        <v>0.78819444444444442</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="23" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13">
+        <v>0.79513888888888884</v>
+      </c>
+      <c r="D11" s="14">
+        <v>0.80208333333333337</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="G11" s="18"/>
+      <c r="H11" s="23"/>
+    </row>
+    <row r="12" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13">
+        <v>0.80208333333333337</v>
+      </c>
+      <c r="D12" s="14">
+        <v>0.89583333333333337</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="G12" s="18"/>
+      <c r="H12" s="23"/>
+    </row>
+    <row r="13" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14">
+        <v>0.9375</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="23"/>
+    </row>
+    <row r="14" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="12">
+        <v>45980</v>
+      </c>
+      <c r="C14" s="13"/>
+      <c r="D14" s="13"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="5"/>
+      <c r="G14" s="5"/>
+    </row>
+    <row r="15" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="4"/>
+      <c r="B15" s="8"/>
+      <c r="C15" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" s="18"/>
+      <c r="G15" s="18"/>
+    </row>
+    <row r="16" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="9"/>
+      <c r="C17" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" s="12">
+        <v>45981</v>
+      </c>
+      <c r="C20" s="13"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="5"/>
+      <c r="G20" s="5"/>
+    </row>
+    <row r="21" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="83"/>
+      <c r="B21" s="84"/>
+      <c r="C21" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" s="82"/>
+      <c r="G21" s="82"/>
+    </row>
+    <row r="22" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D22" s="14">
+        <v>0.77430555555555558</v>
+      </c>
+      <c r="E22" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+      <c r="H22" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13">
+        <v>0.78125</v>
+      </c>
+      <c r="D23" s="14">
+        <v>0.79513888888888884</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F23" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13">
+        <v>0.80208333333333337</v>
+      </c>
+      <c r="D24" s="14">
+        <v>0.89583333333333337</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F24" s="18" t="s">
+        <v>159</v>
+      </c>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="10"/>
+      <c r="C25" s="13">
+        <v>0.90277777777777779</v>
+      </c>
+      <c r="D25" s="14">
+        <v>0.9375</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" s="12">
+        <v>45982</v>
+      </c>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="5"/>
+      <c r="G26" s="5"/>
+    </row>
+    <row r="27" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" s="14">
+        <v>0.85416666666666663</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F28" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31" s="12">
+        <v>45983</v>
+      </c>
+      <c r="C31" s="13"/>
+      <c r="D31" s="13"/>
+      <c r="E31" s="5"/>
+      <c r="F31" s="5"/>
+      <c r="G31" s="5"/>
+    </row>
+    <row r="32" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="9"/>
+      <c r="C32" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D32" s="14">
+        <v>0.375</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13">
+        <v>0.4236111111111111</v>
+      </c>
+      <c r="D34" s="14">
+        <v>0.49305555555555558</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="F34" s="18" t="s">
+        <v>139</v>
+      </c>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13">
+        <v>0.50694444444444442</v>
+      </c>
+      <c r="D35" s="14">
+        <v>0.60416666666666663</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="F35" s="18" t="s">
+        <v>151</v>
+      </c>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="10"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14">
+        <v>0.61805555555555558</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B37" s="12">
+        <v>45984</v>
+      </c>
+      <c r="C37" s="13"/>
+      <c r="D37" s="13"/>
+      <c r="E37" s="5"/>
+      <c r="F37" s="5"/>
+      <c r="G37" s="5"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="8"/>
+      <c r="C38" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D38" s="14">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="F38" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13">
+        <v>0.68055555555555558</v>
+      </c>
+      <c r="D39" s="14">
+        <v>0.69444444444444442</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F39" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="D40" s="14">
+        <v>0.80208333333333337</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F40" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="10"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:G1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB72AABD-FC33-43D0-B3B2-A286381F7D43}">
+  <dimension ref="A1:J44"/>
+  <sheetViews>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>46013</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" s="14"/>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="15"/>
+      <c r="D7" s="16"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="6"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46014</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>46015</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="14"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13"/>
+      <c r="D17" s="14"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="14"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="I18" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>46016</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13"/>
+      <c r="D22" s="14"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="36"/>
+      <c r="G22" s="37"/>
+      <c r="H22" s="37"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="37"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13"/>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="14"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="I24" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="9"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="18"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="20"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="6"/>
+      <c r="F27" s="17"/>
+      <c r="G27" s="18"/>
+      <c r="H27" s="18"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="18"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="12">
+        <v>46017</v>
+      </c>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="5"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="5"/>
+      <c r="H28" s="5"/>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="17"/>
+      <c r="G32" s="18"/>
+      <c r="H32" s="18"/>
+      <c r="I32" s="18"/>
+      <c r="J32" s="18"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>46018</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="13"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="14"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>46019</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="46"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="46"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="46"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="46"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+    <row r="44" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" s="6"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="18"/>
+      <c r="H44" s="46"/>
+      <c r="I44" s="18"/>
+      <c r="J44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E82C45B-3377-4511-82C9-969E01E169ED}">
+  <dimension ref="A1:J42"/>
+  <sheetViews>
+    <sheetView topLeftCell="A2" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45656</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" s="48"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45657</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26"/>
+      <c r="D10" s="27"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="40"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="40"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="50" t="s">
+        <v>119</v>
+      </c>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="38"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="40"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="40"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45658</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="14"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="50"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13"/>
+      <c r="D17" s="14"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="50"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="14"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="50" t="s">
+        <v>119</v>
+      </c>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="50"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="50"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45659</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="31"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" s="22"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45660</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14">
+        <v>0.86805555555555547</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="35"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14"/>
+      <c r="E32" s="35"/>
+      <c r="F32" s="17"/>
+      <c r="G32" s="18"/>
+      <c r="H32" s="18"/>
+      <c r="I32" s="18"/>
+      <c r="J32" s="18"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45661</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="13"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F35" s="17" t="s">
+        <v>114</v>
+      </c>
+      <c r="G35" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="H35" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F37" s="17" t="s">
+        <v>60</v>
+      </c>
+      <c r="G37" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="H37" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45662</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="F40" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G40" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="H40" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="10"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E9878438-3728-48EB-A042-1741202CA4E8}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A6" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45663</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="26"/>
+      <c r="D4" s="27"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="50"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="50"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="50" t="s">
+        <v>119</v>
+      </c>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="15"/>
+      <c r="D7" s="16"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="50"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="30"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="50"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45664</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="6"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45665</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45666</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13"/>
+      <c r="D22" s="14"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45667</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45668</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45669</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D40" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{64B66530-AB15-472F-905B-93FC7745E7BD}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45670</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45671</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45672</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45673</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45674</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45675</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45676</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D41" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D42" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{409EF872-921F-49CD-B0D1-9D9015830BD1}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45677</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45678</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45679</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45680</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45681</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45682</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45683</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>121</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76DA80EB-A4AD-4B87-8509-FAA29BFC473B}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45684</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45685</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45686</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45687</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45688</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45689</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>91</v>
+      </c>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45690</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D41" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8840DE45-4EAB-4E7A-A0A6-B604BDC21964}">
+  <dimension ref="A1:J44"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45691</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45692</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45693</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45694</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45695</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45696</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>74</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="18"/>
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="18"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45697</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D42" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+    <row r="44" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="18"/>
+      <c r="H44" s="18"/>
+      <c r="I44" s="18"/>
+      <c r="J44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{573D8462-C960-4139-9E98-93FAFF6D1262}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45698</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45699</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45700</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45701</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45702</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="51"/>
+      <c r="F28" s="39"/>
+      <c r="G28" s="40"/>
+      <c r="H28" s="40"/>
+      <c r="I28" s="40"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="51"/>
+      <c r="F29" s="39"/>
+      <c r="G29" s="40"/>
+      <c r="H29" s="40"/>
+      <c r="I29" s="40"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="51"/>
+      <c r="F30" s="39"/>
+      <c r="G30" s="40"/>
+      <c r="H30" s="40"/>
+      <c r="I30" s="40"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="14"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="51"/>
+      <c r="F31" s="39"/>
+      <c r="G31" s="40"/>
+      <c r="H31" s="40"/>
+      <c r="I31" s="40"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45703</v>
+      </c>
+      <c r="C32" s="14"/>
+      <c r="D32" s="14"/>
+      <c r="E32" s="51"/>
+      <c r="F32" s="39"/>
+      <c r="G32" s="40"/>
+      <c r="H32" s="40"/>
+      <c r="I32" s="40"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="14"/>
+      <c r="D33" s="14"/>
+      <c r="E33" s="51"/>
+      <c r="F33" s="39"/>
+      <c r="G33" s="40"/>
+      <c r="H33" s="40"/>
+      <c r="I33" s="40"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="51"/>
+      <c r="F34" s="39"/>
+      <c r="G34" s="40"/>
+      <c r="H34" s="40" t="s">
+        <v>73</v>
+      </c>
+      <c r="I34" s="40"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="39"/>
+      <c r="D35" s="39"/>
+      <c r="E35" s="40"/>
+      <c r="F35" s="39"/>
+      <c r="G35" s="40"/>
+      <c r="H35" s="40"/>
+      <c r="I35" s="40"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="39"/>
+      <c r="D36" s="39"/>
+      <c r="E36" s="40"/>
+      <c r="F36" s="39"/>
+      <c r="G36" s="40"/>
+      <c r="H36" s="40" t="s">
+        <v>113</v>
+      </c>
+      <c r="I36" s="40"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="39"/>
+      <c r="D37" s="39"/>
+      <c r="E37" s="40"/>
+      <c r="F37" s="39"/>
+      <c r="G37" s="40"/>
+      <c r="H37" s="40"/>
+      <c r="I37" s="40"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45704</v>
+      </c>
+      <c r="C38" s="39"/>
+      <c r="D38" s="39"/>
+      <c r="E38" s="40"/>
+      <c r="F38" s="39"/>
+      <c r="G38" s="40"/>
+      <c r="H38" s="40"/>
+      <c r="I38" s="40"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="39"/>
+      <c r="D39" s="39"/>
+      <c r="E39" s="40"/>
+      <c r="F39" s="39"/>
+      <c r="G39" s="40"/>
+      <c r="H39" s="40"/>
+      <c r="I39" s="40"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="39"/>
+      <c r="D40" s="39"/>
+      <c r="E40" s="40"/>
+      <c r="F40" s="39"/>
+      <c r="G40" s="40"/>
+      <c r="H40" s="40"/>
+      <c r="I40" s="40"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="39"/>
+      <c r="D41" s="39"/>
+      <c r="E41" s="40"/>
+      <c r="F41" s="39"/>
+      <c r="G41" s="40"/>
+      <c r="H41" s="40"/>
+      <c r="I41" s="40"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="39"/>
+      <c r="D42" s="39"/>
+      <c r="E42" s="40"/>
+      <c r="F42" s="39"/>
+      <c r="G42" s="40"/>
+      <c r="H42" s="40"/>
+      <c r="I42" s="40"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="39"/>
+      <c r="D43" s="39"/>
+      <c r="E43" s="40"/>
+      <c r="F43" s="39"/>
+      <c r="G43" s="40"/>
+      <c r="H43" s="40"/>
+      <c r="I43" s="40"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet38.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69713760-0397-45E7-BA9A-AC447E7258E9}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.6640625" customWidth="1"/>
+    <col min="5" max="5" width="11.6640625" customWidth="1"/>
+    <col min="6" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45705</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="23"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="25"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45706</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45707</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45708</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45709</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45710</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45711</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D41" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D42" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet39.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9727691B-7390-49E5-B960-910DAAE49B7D}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45712</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45713</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45714</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45715</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45716</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45717</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45718</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D41" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16B93F0B-6C70-4CD9-8F49-AC240E74CDA0}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G44"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I31" sqref="I31"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="8.33203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.6640625" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="106" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="107"/>
+      <c r="C1" s="107"/>
+      <c r="D1" s="107"/>
+      <c r="E1" s="107"/>
+      <c r="F1" s="107"/>
+      <c r="G1" s="108"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45985</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D4" s="81">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.875</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="54"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45986</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="80">
+        <v>0.72569444444444442</v>
+      </c>
+      <c r="D9" s="81">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="D10" s="14">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13">
+        <v>0.80555555555555558</v>
+      </c>
+      <c r="D11" s="14">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D12" s="14">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D13" s="14">
+        <v>0.93055555555555558</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45987</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45988</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F25" s="20"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="6"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="12">
+        <v>45989</v>
+      </c>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="5"/>
+      <c r="F28" s="5"/>
+      <c r="G28" s="5"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45990</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="14">
+        <v>0.375</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13">
+        <v>0.4236111111111111</v>
+      </c>
+      <c r="D36" s="14">
+        <v>0.5</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="F36" s="18" t="s">
+        <v>156</v>
+      </c>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45991</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="5"/>
+      <c r="G39" s="5"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14">
+        <v>0.62152777777777779</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="F40" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13">
+        <v>0.63888888888888884</v>
+      </c>
+      <c r="D41" s="14">
+        <v>0.65277777777777779</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F41" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="D42" s="14">
+        <v>0.76041666666666663</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="F42" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="D43" s="14">
+        <v>0.8125</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:G1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet40.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F83B2FA-4B93-4FAE-9E03-6F21A0ADE977}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45719</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45720</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45721</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45722</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45723</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45724</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45725</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet41.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B9CED257-736D-4CDB-837F-4483EB9DC8DE}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39:H40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45726</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45727</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45728</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45729</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45730</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45731</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45732</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>121</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet42.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{85BD6A01-5849-4EBF-B061-20BFDBE701BE}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4:I43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45733</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45734</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45735</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45736</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45737</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45738</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45739</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>122</v>
+      </c>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet43.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B73513B8-7BE6-4FFB-A14A-87D4BBEA7A29}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4:I43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45740</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45741</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45742</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45743</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45744</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45745</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13"/>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45746</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet44.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D89F3C15-ACD3-4333-B3EA-F09B2BA7BBD4}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4:I43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45747</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45748</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45749</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45750</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45751</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45752</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45753</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet45.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{77C9BA30-2D87-4A94-91E2-78D022E32F2D}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4:I43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45754</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45755</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45756</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45757</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45758</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45759</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45760</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet46.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B9F8677-BCAF-47E4-B6D2-DE835CAA9018}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4:I43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45761</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45762</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45763</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45764</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45765</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45766</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13"/>
+      <c r="D33" s="14"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45767</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet47.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83FD2714-4F54-49A3-86E6-AFCE4195A672}">
+  <dimension ref="A1:J43"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4:I43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="8.6640625" customWidth="1"/>
+    <col min="8" max="10" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="6"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+    </row>
+    <row r="8" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>45769</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="6"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="18"/>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="6"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45770</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45771</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+    </row>
+    <row r="22" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="18"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="18"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="12">
+        <v>45772</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5"/>
+    </row>
+    <row r="28" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>45773</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+      <c r="I34" s="18"/>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="18"/>
+      <c r="H37" s="18"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="18"/>
+    </row>
+    <row r="38" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>45774</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+    </row>
+    <row r="40" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+    </row>
+    <row r="41" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+    </row>
+    <row r="43" spans="1:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2E57398-8C9D-4390-9EC1-274684A1237E}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G44"/>
+  <sheetViews>
+    <sheetView topLeftCell="A17" workbookViewId="0">
+      <selection activeCell="F27" sqref="F27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.6640625" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="106" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="107"/>
+      <c r="C1" s="107"/>
+      <c r="D1" s="107"/>
+      <c r="E1" s="107"/>
+      <c r="F1" s="107"/>
+      <c r="G1" s="108"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45992</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D4" s="81">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.875</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="54"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45993</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="4"/>
+      <c r="B9" s="9"/>
+      <c r="C9" s="80">
+        <v>0.72569444444444442</v>
+      </c>
+      <c r="D9" s="81">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="18"/>
+      <c r="G9" s="18"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="D10" s="14">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="8"/>
+      <c r="C11" s="13">
+        <v>0.80555555555555558</v>
+      </c>
+      <c r="D11" s="14">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D12" s="14">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="9"/>
+      <c r="C13" s="13">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D13" s="14">
+        <v>0.93055555555555558</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45994</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45995</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F25" s="20"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F26" s="18"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="6"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="12">
+        <v>45996</v>
+      </c>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="5"/>
+      <c r="F28" s="5"/>
+      <c r="G28" s="5"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" s="12">
+        <v>45997</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="14">
+        <v>0.375</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13">
+        <v>0.4236111111111111</v>
+      </c>
+      <c r="D36" s="14">
+        <v>0.5</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="F36" s="18" t="s">
+        <v>151</v>
+      </c>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="12">
+        <v>45998</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="5"/>
+      <c r="G39" s="5"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="14">
+        <v>0.65277777777777779</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F40" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="D42" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:G1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D7E1EB19-ACA0-42E3-96E8-3A7A3C487FD3}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G45"/>
+  <sheetViews>
+    <sheetView topLeftCell="A20" workbookViewId="0">
+      <selection activeCell="H13" sqref="H13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="7.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.33203125" customWidth="1"/>
+    <col min="4" max="5" width="8.6640625" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="18" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="106" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="107"/>
+      <c r="C1" s="107"/>
+      <c r="D1" s="107"/>
+      <c r="E1" s="107"/>
+      <c r="F1" s="107"/>
+      <c r="G1" s="107"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45999</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D4" s="81">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.875</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="54"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="14"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="12">
+        <v>46000</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="86"/>
+      <c r="G9" s="86"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="85"/>
+      <c r="B10" s="85"/>
+      <c r="C10" s="80">
+        <v>0.72569444444444442</v>
+      </c>
+      <c r="D10" s="81">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="82"/>
+      <c r="G10" s="82"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="D11" s="14">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="9"/>
+      <c r="C12" s="13">
+        <v>0.80555555555555558</v>
+      </c>
+      <c r="D12" s="14">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D13" s="14">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="8"/>
+      <c r="C14" s="13">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D14" s="14">
+        <v>0.93055555555555558</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="4"/>
+      <c r="B15" s="9"/>
+      <c r="C15" s="13"/>
+      <c r="D15" s="14"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="18"/>
+      <c r="G15" s="18"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" s="12">
+        <v>46001</v>
+      </c>
+      <c r="C16" s="13"/>
+      <c r="D16" s="13"/>
+      <c r="E16" s="5"/>
+      <c r="F16" s="5"/>
+      <c r="G16" s="5"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="8"/>
+      <c r="C18" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="4"/>
+      <c r="B21" s="9"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="14"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="18"/>
+      <c r="G21" s="18"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" s="12">
+        <v>46002</v>
+      </c>
+      <c r="C22" s="13"/>
+      <c r="D22" s="13"/>
+      <c r="E22" s="5"/>
+      <c r="F22" s="5"/>
+      <c r="G22" s="5"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D24" s="14">
+        <v>0.78472222222222221</v>
+      </c>
+      <c r="E24" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="9"/>
+      <c r="C25" s="13">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="13">
+        <v>0.86111111111111116</v>
+      </c>
+      <c r="D26" s="14">
+        <v>0.89583333333333337</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F26" s="20"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13">
+        <v>0.90277777777777779</v>
+      </c>
+      <c r="D27" s="14">
+        <v>0.9375</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="10"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B29" s="12">
+        <v>46003</v>
+      </c>
+      <c r="C29" s="13"/>
+      <c r="D29" s="13"/>
+      <c r="E29" s="5"/>
+      <c r="F29" s="5"/>
+      <c r="G29" s="5"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13">
+        <v>0.73958333333333337</v>
+      </c>
+      <c r="D31" s="14">
+        <v>0.86458333333333337</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="87" t="s">
+        <v>163</v>
+      </c>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="14"/>
+      <c r="E32" s="6"/>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="8"/>
+      <c r="C33" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B34" s="12">
+        <v>46004</v>
+      </c>
+      <c r="C34" s="13"/>
+      <c r="D34" s="13"/>
+      <c r="E34" s="5"/>
+      <c r="F34" s="5"/>
+      <c r="G34" s="5"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D35" s="14">
+        <v>0.375</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="9"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="10"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B40" s="12">
+        <v>46005</v>
+      </c>
+      <c r="C40" s="13"/>
+      <c r="D40" s="13"/>
+      <c r="E40" s="5"/>
+      <c r="F40" s="5"/>
+      <c r="G40" s="5"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13">
+        <v>0.65972222222222221</v>
+      </c>
+      <c r="D42" s="14">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F42" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="D43" s="14">
+        <v>0.76041666666666663</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F43" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="8"/>
+      <c r="C44" s="13">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="D44" s="14">
+        <v>0.8125</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F44" s="18"/>
+      <c r="G44" s="18"/>
+    </row>
+    <row r="45" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="4"/>
+      <c r="B45" s="10"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E45" s="6"/>
+      <c r="F45" s="18"/>
+      <c r="G45" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:G1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{02DF0D20-653E-4881-AC7F-524F9BDBC3D0}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A19" workbookViewId="0">
+      <selection activeCell="D39" sqref="D39"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="8.33203125" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="8.6640625" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>46006</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="80">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="D4" s="81">
+        <v>0.82638888888888884</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.875</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>46007</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="4"/>
+      <c r="B9" s="9"/>
+      <c r="C9" s="80">
+        <v>0.72569444444444442</v>
+      </c>
+      <c r="D9" s="81">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="18"/>
+      <c r="G9" s="18"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13">
+        <v>0.75694444444444442</v>
+      </c>
+      <c r="D10" s="14">
+        <v>0.79861111111111116</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="8"/>
+      <c r="C11" s="13">
+        <v>0.80555555555555558</v>
+      </c>
+      <c r="D11" s="14">
+        <v>0.84027777777777779</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13">
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="D12" s="14">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="9"/>
+      <c r="C13" s="13">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D13" s="14">
+        <v>0.93055555555555558</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="12">
+        <v>46008</v>
+      </c>
+      <c r="C14" s="13"/>
+      <c r="D14" s="13"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="49"/>
+      <c r="G14" s="5"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="4"/>
+      <c r="B15" s="8"/>
+      <c r="C15" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F15" s="18"/>
+      <c r="G15" s="18"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="9"/>
+      <c r="C17" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" s="12">
+        <v>46009</v>
+      </c>
+      <c r="C20" s="13"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="5"/>
+      <c r="G20" s="5"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="4"/>
+      <c r="B21" s="8"/>
+      <c r="C21" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" s="18"/>
+      <c r="G21" s="18"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="9"/>
+      <c r="C22" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E22" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="10"/>
+      <c r="C24" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="10"/>
+      <c r="C25" s="13">
+        <v>0.85416666666666663</v>
+      </c>
+      <c r="D25" s="14">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" s="12">
+        <v>46010</v>
+      </c>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="5"/>
+      <c r="G26" s="5"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" s="37"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="18"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F29" s="18"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="13">
+        <v>0.88194444444444442</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B32" s="12">
+        <v>46011</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="6"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" s="12">
+        <v>46012</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="14">
+        <v>0.69791666666666663</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="F39" s="18" t="s">
+        <v>151</v>
+      </c>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D49AE17-6C79-4C4B-9723-BA71A04F823D}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+  </sheetPr>
+  <dimension ref="A1:G46"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F28" sqref="F28"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="8.44140625" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.6640625" customWidth="1"/>
+    <col min="5" max="5" width="9.6640625" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" s="66" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" s="66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="12">
+        <v>45957</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+    </row>
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+    </row>
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+    </row>
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="56"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="20"/>
+    </row>
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="12">
+        <v>45958</v>
+      </c>
+      <c r="C8" s="55"/>
+      <c r="D8" s="63"/>
+      <c r="E8" s="28"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+    </row>
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+    </row>
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="18"/>
+    </row>
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="12">
+        <v>45959</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+    </row>
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+    </row>
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+    </row>
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+    </row>
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+    </row>
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="12">
+        <v>45960</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22" s="62" t="s">
+        <v>92</v>
+      </c>
+      <c r="E22" s="6"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F23" s="18"/>
+      <c r="G23" s="18"/>
+    </row>
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="13">
+        <v>0.73611111111111116</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E24" s="35" t="s">
+        <v>134</v>
+      </c>
+      <c r="F24" s="18" t="s">
+        <v>136</v>
+      </c>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F25" s="18"/>
+      <c r="G25" s="18"/>
+    </row>
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F26" s="20"/>
+      <c r="G26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="10"/>
+      <c r="C27" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F27" s="20"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="10"/>
+      <c r="C28" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F28" s="20"/>
+      <c r="G28" s="18"/>
+    </row>
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4"/>
+      <c r="B29" s="10"/>
+      <c r="C29" s="13"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="20"/>
+      <c r="G29" s="18"/>
+    </row>
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B30" s="12">
+        <v>45961</v>
+      </c>
+      <c r="C30" s="28"/>
+      <c r="D30" s="28"/>
+      <c r="E30" s="28"/>
+      <c r="F30" s="64"/>
+      <c r="G30" s="5"/>
+    </row>
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F31" s="18"/>
+      <c r="G31" s="18"/>
+    </row>
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+    </row>
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4"/>
+      <c r="B33" s="8"/>
+      <c r="C33" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F33" s="18"/>
+      <c r="G33" s="18"/>
+    </row>
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="8"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" s="6"/>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B35" s="12">
+        <v>45962</v>
+      </c>
+      <c r="C35" s="13"/>
+      <c r="D35" s="13"/>
+      <c r="E35" s="5"/>
+      <c r="F35" s="5"/>
+      <c r="G35" s="5"/>
+    </row>
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+    </row>
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
+    </row>
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="9"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="18"/>
+    </row>
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4"/>
+      <c r="B39" s="9"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+    </row>
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="10"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="14">
+        <v>0.61805555555555558</v>
+      </c>
+      <c r="E40" s="6"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+    </row>
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B41" s="12">
+        <v>45963</v>
+      </c>
+      <c r="C41" s="13"/>
+      <c r="D41" s="13"/>
+      <c r="E41" s="5"/>
+      <c r="F41" s="5"/>
+      <c r="G41" s="5"/>
+    </row>
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D42" s="14"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="8"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="18"/>
+    </row>
+    <row r="45" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="4"/>
+      <c r="B45" s="8"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="14"/>
+      <c r="E45" s="6"/>
+      <c r="F45" s="18"/>
+      <c r="G45" s="18"/>
+    </row>
+    <row r="46" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="4"/>
+      <c r="B46" s="10"/>
+      <c r="C46" s="13">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="D46" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F46" s="18"/>
+      <c r="G46" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4CE3ACDE-F4D9-4751-A31C-4EEE05B3DBA8}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
   </sheetPr>
   <dimension ref="A1:G45"/>
   <sheetViews>
     <sheetView topLeftCell="A28" workbookViewId="0">
       <selection activeCell="G30" sqref="G30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="8.28515625" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="7" width="30.7109375" customWidth="1"/>
+    <col min="1" max="1" width="8.33203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="8.6640625" customWidth="1"/>
+    <col min="5" max="5" width="9.109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="30.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="108" t="s">
+    <row r="1" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="109" t="s">
         <v>46</v>
       </c>
-      <c r="B1" s="108"/>
-[...2 lines deleted...]
-      <c r="E1" s="108"/>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A2" s="65" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="66" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="66" t="s">
         <v>47</v>
       </c>
       <c r="D2" s="66" t="s">
         <v>48</v>
       </c>
       <c r="E2" s="66" t="s">
         <v>49</v>
       </c>
       <c r="F2" s="66" t="s">
         <v>50</v>
       </c>
       <c r="G2" s="66" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="12">
         <v>45964</v>
       </c>
       <c r="C3" s="13"/>
       <c r="D3" s="13"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
     </row>
-    <row r="4" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="4"/>
       <c r="B4" s="8"/>
       <c r="C4" s="13" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="14" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="18"/>
       <c r="G4" s="18"/>
     </row>
-    <row r="5" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4"/>
       <c r="B5" s="8"/>
       <c r="C5" s="13" t="s">
         <v>105</v>
       </c>
       <c r="D5" s="14" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F5" s="18"/>
       <c r="G5" s="18"/>
     </row>
-    <row r="6" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="4"/>
       <c r="B6" s="8"/>
       <c r="C6" s="15" t="s">
         <v>28</v>
       </c>
       <c r="D6" s="16" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F6" s="18"/>
       <c r="G6" s="18"/>
     </row>
-    <row r="7" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="4"/>
       <c r="B7" s="9"/>
       <c r="C7" s="55"/>
       <c r="D7" s="56"/>
       <c r="E7" s="30"/>
       <c r="F7" s="18"/>
       <c r="G7" s="20"/>
     </row>
-    <row r="8" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="12">
         <v>45965</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
     </row>
-    <row r="9" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="34"/>
       <c r="B9" s="34"/>
       <c r="C9" s="26" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="27" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="7" t="s">
         <v>37</v>
       </c>
       <c r="F9" s="34"/>
       <c r="G9" s="34"/>
     </row>
-    <row r="10" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="4"/>
       <c r="B10" s="9"/>
       <c r="C10" s="13" t="s">
         <v>57</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>24</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>56</v>
       </c>
       <c r="F10" s="18"/>
       <c r="G10" s="18"/>
     </row>
-    <row r="11" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="4"/>
       <c r="B11" s="9"/>
       <c r="C11" s="13" t="s">
         <v>83</v>
       </c>
       <c r="D11" s="14" t="s">
         <v>84</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="18"/>
       <c r="G11" s="18"/>
     </row>
-    <row r="12" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="4"/>
       <c r="B12" s="8"/>
       <c r="C12" s="13" t="s">
         <v>31</v>
       </c>
       <c r="D12" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F12" s="18"/>
       <c r="G12" s="18"/>
     </row>
-    <row r="13" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="4"/>
       <c r="B13" s="8"/>
       <c r="C13" s="13"/>
       <c r="D13" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="6"/>
       <c r="F13" s="18"/>
       <c r="G13" s="18"/>
     </row>
-    <row r="14" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="4"/>
       <c r="B14" s="9"/>
       <c r="C14" s="13"/>
       <c r="D14" s="14"/>
       <c r="E14" s="6"/>
       <c r="F14" s="18"/>
       <c r="G14" s="18"/>
     </row>
-    <row r="15" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="12">
         <v>45966</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
     </row>
-    <row r="16" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="4"/>
       <c r="B16" s="8"/>
       <c r="C16" s="13" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="14" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="18"/>
       <c r="G16" s="18"/>
     </row>
-    <row r="17" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="4"/>
       <c r="B17" s="8"/>
       <c r="C17" s="13" t="s">
         <v>24</v>
       </c>
       <c r="D17" s="14" t="s">
         <v>27</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F17" s="18"/>
       <c r="G17" s="18"/>
     </row>
-    <row r="18" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="4"/>
       <c r="B18" s="9"/>
       <c r="C18" s="13" t="s">
         <v>42</v>
       </c>
       <c r="D18" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F18" s="18"/>
       <c r="G18" s="18"/>
     </row>
-    <row r="19" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="4"/>
       <c r="B19" s="9"/>
       <c r="C19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="D19" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="18"/>
       <c r="G19" s="18"/>
     </row>
-    <row r="20" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="4"/>
       <c r="B20" s="9"/>
       <c r="C20" s="13"/>
       <c r="D20" s="14"/>
       <c r="E20" s="6"/>
       <c r="F20" s="18"/>
       <c r="G20" s="18"/>
     </row>
-    <row r="21" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B21" s="12">
         <v>45967</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
     </row>
-    <row r="22" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="4"/>
       <c r="B22" s="8"/>
       <c r="C22" s="13" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="14" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>85</v>
       </c>
       <c r="F22" s="18"/>
       <c r="G22" s="18"/>
     </row>
-    <row r="23" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="4"/>
       <c r="B23" s="8"/>
       <c r="C23" s="13">
         <v>0.73611111111111116</v>
       </c>
       <c r="D23" s="14" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="35" t="s">
         <v>134</v>
       </c>
       <c r="F23" s="18"/>
       <c r="G23" s="18"/>
     </row>
-    <row r="24" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="4"/>
       <c r="B24" s="9"/>
       <c r="C24" s="13" t="s">
         <v>57</v>
       </c>
       <c r="D24" s="14" t="s">
         <v>43</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>56</v>
       </c>
       <c r="F24" s="18"/>
       <c r="G24" s="18"/>
     </row>
-    <row r="25" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="4"/>
       <c r="B25" s="8"/>
       <c r="C25" s="13" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="14" t="s">
         <v>27</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>9</v>
       </c>
       <c r="F25" s="20"/>
       <c r="G25" s="18"/>
     </row>
-    <row r="26" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="4"/>
       <c r="B26" s="10"/>
       <c r="C26" s="13" t="s">
         <v>42</v>
       </c>
       <c r="D26" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F26" s="18"/>
       <c r="G26" s="18"/>
     </row>
-    <row r="27" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="4"/>
       <c r="B27" s="10"/>
       <c r="C27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="D27" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F27" s="18"/>
       <c r="G27" s="18"/>
     </row>
-    <row r="28" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="12">
         <v>45968</v>
       </c>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="5"/>
       <c r="G28" s="5"/>
     </row>
-    <row r="29" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="4"/>
       <c r="B29" s="8"/>
       <c r="C29" s="13" t="s">
         <v>18</v>
       </c>
       <c r="D29" s="14" t="s">
         <v>32</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F29" s="18"/>
       <c r="G29" s="18"/>
     </row>
-    <row r="30" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="4"/>
       <c r="B30" s="8"/>
       <c r="C30" s="13" t="s">
         <v>12</v>
       </c>
       <c r="D30" s="14" t="s">
         <v>33</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="18"/>
       <c r="G30" s="18"/>
     </row>
-    <row r="31" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="4"/>
       <c r="B31" s="8"/>
       <c r="C31" s="13" t="s">
         <v>13</v>
       </c>
       <c r="D31" s="14" t="s">
         <v>28</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="18"/>
       <c r="G31" s="18"/>
     </row>
-    <row r="32" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="4"/>
       <c r="B32" s="8"/>
       <c r="C32" s="13"/>
       <c r="D32" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E32" s="6"/>
       <c r="F32" s="18"/>
       <c r="G32" s="18"/>
     </row>
-    <row r="33" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B33" s="12">
         <v>45969</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="5"/>
       <c r="F33" s="5"/>
       <c r="G33" s="5"/>
     </row>
-    <row r="34" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="4"/>
       <c r="B34" s="9"/>
       <c r="C34" s="13" t="s">
         <v>88</v>
       </c>
       <c r="D34" s="14">
         <v>0.375</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>141</v>
       </c>
       <c r="F34" s="18"/>
       <c r="G34" s="18"/>
     </row>
-    <row r="35" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="4"/>
       <c r="B35" s="9"/>
       <c r="C35" s="13" t="s">
         <v>90</v>
       </c>
       <c r="D35" s="14" t="s">
         <v>22</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F35" s="18"/>
       <c r="G35" s="18"/>
     </row>
-    <row r="36" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="4"/>
       <c r="B36" s="9"/>
       <c r="C36" s="13"/>
       <c r="D36" s="14"/>
       <c r="E36" s="6"/>
       <c r="F36" s="18"/>
       <c r="G36" s="18"/>
     </row>
-    <row r="37" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="4"/>
       <c r="B37" s="9"/>
       <c r="C37" s="13"/>
       <c r="D37" s="14"/>
       <c r="E37" s="6"/>
       <c r="F37" s="18"/>
       <c r="G37" s="18"/>
     </row>
-    <row r="38" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="4"/>
       <c r="B38" s="10"/>
       <c r="C38" s="13"/>
       <c r="D38" s="14">
         <v>0.61805555555555558</v>
       </c>
       <c r="E38" s="6"/>
       <c r="F38" s="18"/>
       <c r="G38" s="18"/>
     </row>
-    <row r="39" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="4"/>
       <c r="B39" s="10"/>
       <c r="C39" s="13"/>
       <c r="D39" s="14"/>
       <c r="E39" s="6"/>
       <c r="F39" s="18"/>
       <c r="G39" s="18"/>
     </row>
-    <row r="40" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B40" s="12">
         <v>45970</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="5"/>
       <c r="F40" s="5"/>
       <c r="G40" s="5"/>
     </row>
-    <row r="41" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="4"/>
       <c r="B41" s="8"/>
       <c r="C41" s="13" t="s">
         <v>72</v>
       </c>
       <c r="D41" s="14"/>
       <c r="E41" s="6"/>
       <c r="F41" s="18"/>
       <c r="G41" s="18"/>
     </row>
-    <row r="42" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="4"/>
       <c r="B42" s="8"/>
       <c r="C42" s="13"/>
       <c r="D42" s="14"/>
       <c r="E42" s="6"/>
       <c r="F42" s="18"/>
       <c r="G42" s="18"/>
     </row>
-    <row r="43" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="4"/>
       <c r="B43" s="8"/>
       <c r="C43" s="13"/>
       <c r="D43" s="14"/>
       <c r="E43" s="6"/>
       <c r="F43" s="18"/>
       <c r="G43" s="18"/>
     </row>
-    <row r="44" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="4"/>
       <c r="B44" s="8"/>
       <c r="C44" s="13"/>
       <c r="D44" s="14"/>
       <c r="E44" s="6"/>
       <c r="F44" s="18"/>
       <c r="G44" s="18"/>
     </row>
-    <row r="45" spans="1:7" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="4"/>
       <c r="B45" s="10"/>
       <c r="C45" s="13">
         <v>0.77083333333333337</v>
       </c>
       <c r="D45" s="14" t="s">
         <v>24</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>103</v>
       </c>
       <c r="F45" s="18"/>
       <c r="G45" s="18"/>
-    </row>
-[...30153 lines deleted...]
-      <c r="G46" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>48</vt:i4>
+        <vt:i4>47</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="48" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>V.6 2026</vt:lpstr>
+    <vt:vector size="47" baseType="lpstr">
+      <vt:lpstr>V.11 2026</vt:lpstr>
+      <vt:lpstr>V.12 2026</vt:lpstr>
       <vt:lpstr>V47</vt:lpstr>
       <vt:lpstr>V48</vt:lpstr>
       <vt:lpstr>V49</vt:lpstr>
       <vt:lpstr>V50</vt:lpstr>
       <vt:lpstr>V51</vt:lpstr>
       <vt:lpstr>V44</vt:lpstr>
       <vt:lpstr>V45</vt:lpstr>
       <vt:lpstr>V46</vt:lpstr>
       <vt:lpstr>V.47</vt:lpstr>
       <vt:lpstr>V.48</vt:lpstr>
       <vt:lpstr>V.49</vt:lpstr>
       <vt:lpstr>V.50</vt:lpstr>
       <vt:lpstr>V.51</vt:lpstr>
       <vt:lpstr>V.52</vt:lpstr>
       <vt:lpstr>V.1 2026</vt:lpstr>
       <vt:lpstr>V 40</vt:lpstr>
       <vt:lpstr>V 41</vt:lpstr>
       <vt:lpstr>V 42</vt:lpstr>
       <vt:lpstr>V 43</vt:lpstr>
       <vt:lpstr>V 44</vt:lpstr>
       <vt:lpstr>V 45</vt:lpstr>
       <vt:lpstr>V 46</vt:lpstr>
       <vt:lpstr>V 47</vt:lpstr>
       <vt:lpstr>V 48</vt:lpstr>
       <vt:lpstr>V 49</vt:lpstr>